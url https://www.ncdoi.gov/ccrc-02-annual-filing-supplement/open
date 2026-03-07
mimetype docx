--- v0 (2026-01-25)
+++ v1 (2026-03-07)
@@ -154,66 +154,65 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29BF79B5" w14:textId="489BA164" w:rsidR="00ED5E6B" w:rsidRPr="00DF52A9" w:rsidRDefault="00ED5E6B" w:rsidP="005C5651">
             <w:r w:rsidRPr="00DF52A9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Provider Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Applicant Name"/>
             <w:tag w:val="Applicant Name"/>
             <w:id w:val="378442524"/>
             <w:placeholder>
               <w:docPart w:val="922778473E4C42F5934FC954F26B891E"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3234" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="31ACE5D4" w14:textId="0544D5D1" w:rsidR="00ED5E6B" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="005C5651">
+              <w:p w14:paraId="31ACE5D4" w14:textId="01F44389" w:rsidR="00ED5E6B" w:rsidRPr="00DF52A9" w:rsidRDefault="005A4AEB" w:rsidP="005C5651">
                 <w:r>
-                  <w:t xml:space="preserve"> </w:t>
+                  <w:tab/>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00ED5E6B" w:rsidRPr="00DF52A9" w14:paraId="19FFD29F" w14:textId="77777777" w:rsidTr="00ED5E6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17FBB503" w14:textId="7EEE2170" w:rsidR="00ED5E6B" w:rsidRPr="00DF52A9" w:rsidRDefault="00ED5E6B" w:rsidP="005C5651">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF52A9">
               <w:rPr>
@@ -331,139 +330,148 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="475E765A" w14:textId="73726F90" w:rsidR="002A6DF2" w:rsidRPr="00DF52A9" w:rsidRDefault="002A6DF2" w:rsidP="00CE50F0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002B5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002B5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Annual Filing Fee &amp; Submission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEF380F" w14:textId="728F91D1" w:rsidR="002A6DF2" w:rsidRPr="00DF52A9" w:rsidRDefault="002A6DF2" w:rsidP="002A6DF2">
+    <w:p w14:paraId="0DEF380F" w14:textId="728F91D1" w:rsidR="002A6DF2" w:rsidRPr="00DF52A9" w:rsidRDefault="002A6DF2" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>Fee: Mail or deliver a $2</w:t>
       </w:r>
       <w:r w:rsidR="00A57A6B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>000.00 check made payable to the North Carolina Department of Insurance</w:t>
       </w:r>
       <w:r w:rsidR="00A76C7F">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D46575D" w14:textId="77777777" w:rsidR="002A6DF2" w:rsidRPr="00DF52A9" w:rsidRDefault="002A6DF2" w:rsidP="002A6DF2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>Mail: North Carolina Department of Insurance, Financial Oversight &amp; Special Entities Division, 1203 Mail Service Center, Raleigh, NC 27699-1203</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBCDB4B" w14:textId="77777777" w:rsidR="00A76C7F" w:rsidRDefault="002A6DF2" w:rsidP="00A76C7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:t xml:space="preserve">Overnight Delivery: 3200 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>Beechleaf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF52A9">
         <w:t xml:space="preserve"> Court, Raleigh, NC 27604</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8508C5" w14:textId="77C0B226" w:rsidR="00A76C7F" w:rsidRPr="00DF52A9" w:rsidRDefault="00A76C7F" w:rsidP="00A76C7F">
+    <w:p w14:paraId="5A8508C5" w14:textId="77C0B226" w:rsidR="00A76C7F" w:rsidRPr="00DF52A9" w:rsidRDefault="00A76C7F" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Email the filing</w:t>
       </w:r>
       <w:r w:rsidR="00CE50F0">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D203CE" w14:textId="509F3A94" w:rsidR="002A6DF2" w:rsidRDefault="002A6DF2" w:rsidP="00F44659">
+    <w:p w14:paraId="50D203CE" w14:textId="1395CD28" w:rsidR="002A6DF2" w:rsidRDefault="002A6DF2" w:rsidP="00F44659">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
       <w:r w:rsidR="00E36E72">
         <w:t xml:space="preserve">the Annual </w:t>
       </w:r>
       <w:r w:rsidR="00FF2A95">
-        <w:t xml:space="preserve">Supplement Form as a single PDF File with name format: </w:t>
+        <w:t xml:space="preserve">Supplement Form </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44E16">
+        <w:t>and supporting documents</w:t>
+      </w:r>
+      <w:r w:rsidR="0093641A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2A95">
+        <w:t xml:space="preserve">as a single PDF File with name format: </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk218859612"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk218859532"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk218859468"/>
       <w:r w:rsidR="00AC7B49" w:rsidRPr="00AC7B49">
         <w:t>{ProviderID}_{</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk218859625"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00AC7B49" w:rsidRPr="00AC7B49">
         <w:t>CommunityID</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00AC7B49" w:rsidRPr="00AC7B49">
         <w:t>}</w:t>
       </w:r>
       <w:r w:rsidR="00AC7B49">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00FF2A95">
         <w:t>AnnSupp</w:t>
       </w:r>
       <w:r w:rsidR="00AC7B49" w:rsidRPr="00AC7B49">
         <w:t>_{YYYYMMDD}</w:t>
       </w:r>
@@ -1200,56 +1208,56 @@
     <w:p w14:paraId="431373AE" w14:textId="2DF1CC28" w:rsidR="00653539" w:rsidRPr="00F66ACD" w:rsidRDefault="00507ED9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0F4761"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A430E18" w14:textId="66237515" w:rsidR="00243D3E" w:rsidRPr="00DF52A9" w:rsidRDefault="00243D3E" w:rsidP="00805307">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00653539" w:rsidRPr="00DF52A9">
         <w:t>upplemental information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F0A763" w14:textId="1111194B" w:rsidR="00C47143" w:rsidRPr="00693E06" w:rsidRDefault="00653539" w:rsidP="00693E06">
+    <w:p w14:paraId="43F0A763" w14:textId="1111194B" w:rsidR="00C47143" w:rsidRPr="00693E06" w:rsidRDefault="00653539" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual </w:t>
       </w:r>
       <w:r w:rsidR="00693E06">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">udited Financial Statements </w:t>
       </w:r>
       <w:r w:rsidR="00693E06">
@@ -1278,56 +1286,56 @@
       </w:r>
       <w:r w:rsidRPr="00693E06">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> prepared </w:t>
       </w:r>
       <w:r w:rsidR="00F66ACD" w:rsidRPr="00693E06">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>in accordance with G.S. 58-64A-200.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710AC3D2" w14:textId="77777777" w:rsidR="00964465" w:rsidRPr="00F66ACD" w:rsidRDefault="00964465" w:rsidP="00F66ACD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F808BF2" w14:textId="3615685A" w:rsidR="00653539" w:rsidRPr="00DF52A9" w:rsidRDefault="000C74E7" w:rsidP="00653539">
+    <w:p w14:paraId="1F808BF2" w14:textId="3615685A" w:rsidR="00653539" w:rsidRPr="00DF52A9" w:rsidRDefault="000C74E7" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk210202208"/>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Contract Types</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4876" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1925,243 +1933,243 @@
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4445E381" w14:textId="62AE51BF" w:rsidR="007807BB" w:rsidRDefault="007807BB" w:rsidP="007807BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Definitions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A9787C" w14:textId="32DAC85B" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="007807BB">
+    <w:p w14:paraId="41A9787C" w14:textId="32DAC85B" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Type A (Life Care): </w:t>
       </w:r>
       <w:r w:rsidRPr="00D602EF">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>A contract type in which residents pay a fixed monthly fee for lifetime access to housing and healthcare services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13213C1B" w14:textId="76F8BC5E" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="007807BB">
+    <w:p w14:paraId="13213C1B" w14:textId="76F8BC5E" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Type B (Modified): </w:t>
       </w:r>
       <w:r w:rsidRPr="00D602EF">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>A contract type offering limited healthcare benefits, such as discounted care or a set number of free healthcare days.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68777FC5" w14:textId="25396A11" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="007807BB">
+    <w:p w14:paraId="68777FC5" w14:textId="25396A11" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Type C (Fee-for-Service): </w:t>
       </w:r>
       <w:r w:rsidRPr="00D602EF">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>A contract type in which residents pay market rates for healthcare services as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF5AA4B" w14:textId="4225A76A" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="007807BB">
+    <w:p w14:paraId="5DF5AA4B" w14:textId="4225A76A" w:rsidR="007807BB" w:rsidRPr="007807BB" w:rsidRDefault="007807BB" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Rental: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D602EF">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>A contract type where residents pay rent for housing and services without an entrance fee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF34E1B" w14:textId="2A268776" w:rsidR="007807BB" w:rsidRPr="00915496" w:rsidRDefault="007807BB" w:rsidP="007807BB">
+    <w:p w14:paraId="7CF34E1B" w14:textId="2A268776" w:rsidR="007807BB" w:rsidRPr="00915496" w:rsidRDefault="007807BB" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Equity: A contract type where residents have ownership of their home within the community. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CB7DB4" w14:textId="1BCF71A7" w:rsidR="00915496" w:rsidRDefault="00915496" w:rsidP="007807BB">
+    <w:p w14:paraId="62CB7DB4" w14:textId="1BCF71A7" w:rsidR="00915496" w:rsidRDefault="00915496" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Nonrefundable Lifecare Fee: A one-time</w:t>
       </w:r>
       <w:r w:rsidR="00FA3710">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FA3710" w:rsidRPr="00FA3710">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>nonrefundable upfront payment used in Type A Lifecare contracts to prepay a portion of future healthcare costs</w:t>
       </w:r>
       <w:r w:rsidR="00FA3710">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F75C14B" w14:textId="77777777" w:rsidR="007807BB" w:rsidRDefault="007807BB" w:rsidP="007807BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6640AD44" w14:textId="4835B536" w:rsidR="00653539" w:rsidRPr="00DF52A9" w:rsidRDefault="00653539" w:rsidP="00C47143">
+    <w:p w14:paraId="6640AD44" w14:textId="4835B536" w:rsidR="00653539" w:rsidRPr="00DF52A9" w:rsidRDefault="00653539" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Have there been any changes to entrance fee refund options offered?</w:t>
       </w:r>
       <w:r w:rsidR="0076157C" w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
@@ -2226,328 +2234,315 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00DF52A9">
             <w:rPr>
               <w:rFonts w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D75E5D">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5848E47D" w14:textId="256CABD4" w:rsidR="005E2B88" w:rsidRPr="00DF52A9" w:rsidRDefault="005E2B88" w:rsidP="000C74E7">
+    <w:p w14:paraId="5848E47D" w14:textId="256CABD4" w:rsidR="005E2B88" w:rsidRPr="00DF52A9" w:rsidRDefault="005E2B88" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="0FDBF66B" w14:textId="6A9F880F" w:rsidR="00243D3E" w:rsidRPr="00DF52A9" w:rsidRDefault="00F33CB7" w:rsidP="00805307">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:lastRenderedPageBreak/>
         <w:t>Operating Reserve Calculation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736565B6" w14:textId="63E1DCB4" w:rsidR="00FC1D7F" w:rsidRPr="00DF52A9" w:rsidRDefault="00FC1D7F" w:rsidP="00FC1D7F">
+    <w:p w14:paraId="736565B6" w14:textId="63E1DCB4" w:rsidR="00FC1D7F" w:rsidRPr="00DF52A9" w:rsidRDefault="00FC1D7F" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>Operating Reserve Requirement:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6C8263" w14:textId="07A0A5DA" w:rsidR="00A84554" w:rsidRDefault="00FC1D7F" w:rsidP="00A84554">
+    <w:p w14:paraId="7F6C8263" w14:textId="07A0A5DA" w:rsidR="00A84554" w:rsidRPr="00867F65" w:rsidRDefault="00FC1D7F" w:rsidP="00867F65">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk218860004"/>
-      <w:r w:rsidRPr="00DF52A9">
+      <w:r w:rsidRPr="00867F65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>After a facility opens, the provider must maintain an operating reserve</w:t>
       </w:r>
-      <w:r w:rsidR="00693E06">
+      <w:r w:rsidR="00693E06" w:rsidRPr="00867F65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that meets the requirements of  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00693E06" w:rsidRPr="00A84554">
+        <w:t xml:space="preserve"> that meets the requirements of  G.S. 58-64A-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3710" w:rsidRPr="00867F65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>G.S. 58-64A-2</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>45</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF52A9">
+      <w:r w:rsidRPr="00867F65">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="05D66A8F" w14:textId="77777777" w:rsidR="00B30317" w:rsidRPr="00A84554" w:rsidRDefault="00B30317" w:rsidP="00A84554">
-[...7 lines deleted...]
-    <w:p w14:paraId="7ECAA0D0" w14:textId="57436494" w:rsidR="009D13D5" w:rsidRPr="00DF52A9" w:rsidRDefault="00F33CB7" w:rsidP="00C02402">
+    <w:p w14:paraId="7ECAA0D0" w14:textId="57436494" w:rsidR="009D13D5" w:rsidRPr="00DF52A9" w:rsidRDefault="00F33CB7" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>Operating Reserve Calculation:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7593"/>
         <w:gridCol w:w="3207"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E00F8" w14:paraId="1B6FABE9" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="483C1B44" w14:textId="190D8B69" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="483C1B44" w14:textId="190D8B69" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:t>Total operating expenses of the first year of the five-year prospective financial statements:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1550804017"/>
             <w:placeholder>
               <w:docPart w:val="E98881EFBC794F8D8CA1409E24E768EB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3145" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="44EEE262" w14:textId="6B16E5A2" w:rsidR="009D13D5" w:rsidRDefault="005B4AAC" w:rsidP="0008765D">
+              <w:p w14:paraId="44EEE262" w14:textId="6F45C7C3" w:rsidR="009D13D5" w:rsidRDefault="00A33993" w:rsidP="0008765D">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:ind w:left="437" w:right="1229"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>____________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="0DDE1BB9" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2622C91C" w14:textId="0CC3E702" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="2622C91C" w14:textId="0CC3E702" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:t>Plus – Principal payment on long-term debt or mortgage payment</w:t>
             </w:r>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidRPr="009D13D5">
               <w:t>plus any interest not included in operating expenses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-505681681"/>
             <w:placeholder>
               <w:docPart w:val="807AFF51735A4741B2855E941F3F8657"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3145" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="1F8A0B3E" w14:textId="0602173E" w:rsidR="009D13D5" w:rsidRDefault="005B4AAC" w:rsidP="0008765D">
+              <w:p w14:paraId="1F8A0B3E" w14:textId="7C128C00" w:rsidR="009D13D5" w:rsidRDefault="00A33993" w:rsidP="0008765D">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:ind w:left="437" w:right="1229"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>____________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="58639FBC" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDA45A7" w14:textId="39EBB076" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="1CDA45A7" w14:textId="39EBB076" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Minus – Depreciation expense:</w:t>
             </w:r>
             <w:r w:rsidR="00DF0BAC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                                                                                         </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -2579,56 +2574,56 @@
           </w:sdt>
           <w:p w14:paraId="7CAEC90B" w14:textId="5049A591" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0008765D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="437" w:right="1229"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="50D9505B" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00F3C924" w14:textId="770A06F3" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="00F3C924" w14:textId="770A06F3" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Minus – Amortization expense</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-874928552"/>
             <w:placeholder>
               <w:docPart w:val="AAECFEBBBD01427AB5E6716F93A957D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3145" w:type="dxa"/>
                 <w:tcBorders>
@@ -2648,56 +2643,56 @@
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>____________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="7EC3ECAF" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEC8CC9" w14:textId="661C1CFB" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="3BEC8CC9" w14:textId="661C1CFB" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Minus – Commissioner approved extraordinary items (attach approval):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1946802301"/>
             <w:placeholder>
               <w:docPart w:val="1573E31CCD6E4420987A6C5464B4A21E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3145" w:type="dxa"/>
                 <w:tcBorders>
@@ -2714,56 +2709,56 @@
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:t>____________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="3786C7A7" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5BFEEB" w14:textId="5F90C51D" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="3D5BFEEB" w14:textId="5F90C51D" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Minus – Debt Service provided for by a separate reserve account</w:t>
             </w:r>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
@@ -2793,56 +2788,56 @@
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:t>____________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="02BC501A" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="493EE353" w14:textId="4FE6D402" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="493EE353" w14:textId="4FE6D402" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Equals – Total operating costs:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-167176741"/>
             <w:placeholder>
               <w:docPart w:val="E8DA3E20AA464897B2F68E1D53CAFC99"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3145" w:type="dxa"/>
                 <w:tcBorders>
@@ -2859,122 +2854,122 @@
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:t>____________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="3835D2CD" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="561F3FFD" w14:textId="65602ED6" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="561F3FFD" w14:textId="65602ED6" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Times – Occupancy Factor*:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07E6B18B" w14:textId="6FC972C2" w:rsidR="009D13D5" w:rsidRDefault="005B4AAC" w:rsidP="0008765D">
+          <w:p w14:paraId="07E6B18B" w14:textId="6FC972C2" w:rsidR="009D13D5" w:rsidRDefault="004B37C1" w:rsidP="0008765D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="437" w:right="1229"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1429798673"/>
                 <w:placeholder>
                   <w:docPart w:val="0C529CF87CF0432AA68180A13CE69634"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A33993">
                   <w:t>____________</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E00F8" w14:paraId="3644471C" w14:textId="77777777" w:rsidTr="00314EAB">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5332D695" w14:textId="35F1A6FA" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="00314EAB">
+          <w:p w14:paraId="5332D695" w14:textId="35F1A6FA" w:rsidR="009D13D5" w:rsidRDefault="009D13D5" w:rsidP="0027694F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="49"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Equals – Operating Reserve Requirement:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="544798794"/>
             <w:placeholder>
               <w:docPart w:val="C18C8641E5F44233ACDA63A1F2A6B75D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3145" w:type="dxa"/>
                 <w:tcBorders>
@@ -2989,98 +2984,50 @@
                   <w:pStyle w:val="ListParagraph"/>
                   <w:ind w:left="437" w:right="1229"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:t>____________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EC00114" w14:textId="77777777" w:rsidR="00314EAB" w:rsidRDefault="00314EAB" w:rsidP="00227277">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="120"/>
         <w:ind w:right="3870"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44127BAB" w14:textId="77777777" w:rsidR="00314EAB" w:rsidRDefault="00314EAB" w:rsidP="00DF0BAC">
-[...46 lines deleted...]
-    </w:p>
     <w:p w14:paraId="20AE4111" w14:textId="63B451DF" w:rsidR="001C6F04" w:rsidRDefault="001C6F04" w:rsidP="00DF0BAC">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6930"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="3870"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
@@ -3124,176 +3071,324 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Limited to the principal and interest paid</w:t>
       </w:r>
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> per the prospective financial statements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B987D0C" w14:textId="77777777" w:rsidR="00DF0BAC" w:rsidRPr="001C6F04" w:rsidRDefault="00DF0BAC" w:rsidP="00DF0BAC">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="360395D4" w14:textId="77777777" w:rsidR="00DF0503" w:rsidRDefault="00D152BE" w:rsidP="00DF0BAC">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6930"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6116">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Occupancy Factor calculation</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1AE7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> determined in C.</w:t>
+      </w:r>
+      <w:r w:rsidR="00470B6B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="360395D4" w14:textId="77777777" w:rsidR="00DF0503" w:rsidRDefault="00D152BE" w:rsidP="00DF0BAC">
+    <w:p w14:paraId="13E7E904" w14:textId="18A4B665" w:rsidR="002E6116" w:rsidRDefault="00470B6B" w:rsidP="00DF0BAC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6930"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Occupancy Factor is defined as the operating reserve requirements as a percentage of the total </w:t>
       </w:r>
       <w:r w:rsidR="00DF0503">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>operating costs of the continuing care retirement community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA17442" w14:textId="77777777" w:rsidR="00740F54" w:rsidRDefault="00740F54">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B0B9030" w14:textId="77777777" w:rsidR="00314EAB" w:rsidRDefault="00314EAB">
-[...27 lines deleted...]
-    <w:p w14:paraId="5735E125" w14:textId="5E2CF053" w:rsidR="00350122" w:rsidRPr="00740F54" w:rsidRDefault="00350122" w:rsidP="00740F54">
+    <w:p w14:paraId="5735E125" w14:textId="5E2CF053" w:rsidR="00350122" w:rsidRDefault="00350122" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
+        <w:t>Occupancy Factor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2E589A" w14:textId="77777777" w:rsidR="00867F65" w:rsidRPr="00867F65" w:rsidRDefault="00867F65" w:rsidP="00867F65">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk222213028"/>
+      <w:r w:rsidRPr="00867F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The operating reserve certified under § 58-64A-270 shall be calculated as of the most recent month-end preceding the filing of the provider’s annual audited financial statements.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="730F3758" w14:textId="6D0940B9" w:rsidR="00D35427" w:rsidRDefault="00867F65" w:rsidP="00D35427">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The certification</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4530A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date is the date of this filing</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35427">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4530A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2147B916" w14:textId="48D9F7EE" w:rsidR="00867F65" w:rsidRDefault="00D35427" w:rsidP="00D35427">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00867F65" w:rsidRPr="00867F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>calculation date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is the month-end prior to the certification date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD2B800" w14:textId="6102FEEB" w:rsidR="0093641A" w:rsidRDefault="0093641A" w:rsidP="00D35427">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a CCRC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-13 as of the calculation date as part of this filing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3784B0C2" w14:textId="77777777" w:rsidR="00497743" w:rsidRDefault="00497743" w:rsidP="00D35427">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D7D7C72" w14:textId="77777777" w:rsidR="0028283E" w:rsidRPr="00867F65" w:rsidRDefault="0028283E" w:rsidP="00D35427">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E3D2661" w14:textId="3B5B55CA" w:rsidR="00867F65" w:rsidRDefault="00867F65" w:rsidP="00867F65">
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Occupancy Factor:</w:t>
-      </w:r>
+        <w:t>Month-end c</w:t>
+      </w:r>
+      <w:r w:rsidR="00575596">
+        <w:t xml:space="preserve">alculation </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">date:  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-330211686"/>
+          <w:placeholder>
+            <w:docPart w:val="6521D1B9FB8E49A0868C3355262A8047"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>____________</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="2D016809" w14:textId="10ECD589" w:rsidR="002E6116" w:rsidRDefault="00740F54">
+    <w:p w14:paraId="029D46DF" w14:textId="77777777" w:rsidR="0027694F" w:rsidRPr="00867F65" w:rsidRDefault="0027694F" w:rsidP="00867F65"/>
+    <w:p w14:paraId="2D016809" w14:textId="76FC359E" w:rsidR="002E6116" w:rsidRDefault="00740F54">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>12-month</w:t>
       </w:r>
       <w:r w:rsidR="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> daily average </w:t>
       </w:r>
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002E6116">
         <w:rPr>
@@ -3319,98 +3414,116 @@
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ccupancy </w:t>
       </w:r>
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ate</w:t>
       </w:r>
       <w:r w:rsidR="00AC1AE7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at fiscal year-end</w:t>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="0027694F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00575596">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>alculation</w:t>
+      </w:r>
+      <w:r w:rsidR="0027694F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date</w:t>
       </w:r>
       <w:r w:rsidR="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="000461F1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF0BAC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="523595631"/>
           <w:placeholder>
             <w:docPart w:val="6847F714BBA34701898816DA901128C5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A33993">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1CC2B408" w14:textId="0F140F62" w:rsidR="002E6116" w:rsidRPr="002E6116" w:rsidRDefault="002E6116" w:rsidP="002E6116">
+    <w:p w14:paraId="1CC2B408" w14:textId="0F140F62" w:rsidR="002E6116" w:rsidRPr="002E6116" w:rsidRDefault="002E6116" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>If 90</w:t>
       </w:r>
       <w:r w:rsidR="00B30317">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidRPr="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>% or above</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3465,56 +3578,56 @@
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">factors below </w:t>
       </w:r>
       <w:r w:rsidR="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>appl</w:t>
       </w:r>
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB21D03" w14:textId="1FBE59C1" w:rsidR="002E6116" w:rsidRDefault="002E6116" w:rsidP="002E6116">
+    <w:p w14:paraId="5AB21D03" w14:textId="1FBE59C1" w:rsidR="002E6116" w:rsidRDefault="002E6116" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Is the initial Occupancy </w:t>
       </w:r>
       <w:r w:rsidR="00873395">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Rate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 93</w:t>
       </w:r>
       <w:r w:rsidR="00B30317">
         <w:rPr>
@@ -3593,92 +3706,78 @@
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00935747">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736655B2" w14:textId="32487AA0" w:rsidR="002E6116" w:rsidRDefault="002E6116" w:rsidP="002E6116">
+    <w:p w14:paraId="736655B2" w14:textId="32487AA0" w:rsidR="002E6116" w:rsidRDefault="002E6116" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you have no </w:t>
       </w:r>
       <w:r w:rsidR="00740F54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>long-term</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> debt or a debt service coverage ratio </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2 as of the most recent fiscal year-end?   </w:t>
+        <w:t xml:space="preserve"> debt or a debt service coverage ratio in excess of 2 as of the most recent fiscal year-end?   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-2084287933"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00740F54">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00740F54">
         <w:rPr>
@@ -3793,229 +3892,223 @@
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidR="00470B6B" w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725128CF" w14:textId="1EFE0304" w:rsidR="002E6116" w:rsidRDefault="002E6116" w:rsidP="002E6116">
+    <w:p w14:paraId="725128CF" w14:textId="1EFE0304" w:rsidR="002E6116" w:rsidRDefault="002E6116" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If 86% to 89.9%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>31.25%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4E5403" w14:textId="2FCF200D" w:rsidR="00D152BE" w:rsidRDefault="00D152BE" w:rsidP="002E6116">
+    <w:p w14:paraId="4B4E5403" w14:textId="2FCF200D" w:rsidR="00D152BE" w:rsidRDefault="00D152BE" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If 83% to 85.9%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>37.5</w:t>
       </w:r>
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A88204" w14:textId="5D259FE8" w:rsidR="00D152BE" w:rsidRDefault="00D152BE" w:rsidP="002E6116">
+    <w:p w14:paraId="79A88204" w14:textId="5D259FE8" w:rsidR="00D152BE" w:rsidRDefault="00D152BE" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If 80% to 82.9%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>43.75%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D927F5" w14:textId="3C6E3BA9" w:rsidR="00D152BE" w:rsidRPr="002E6116" w:rsidRDefault="00D152BE" w:rsidP="002E6116">
+    <w:p w14:paraId="30D927F5" w14:textId="3C6E3BA9" w:rsidR="00D152BE" w:rsidRPr="0027694F" w:rsidRDefault="00D152BE" w:rsidP="0027694F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If below 80%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="00470B6B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="37396C30" w14:textId="77777777" w:rsidR="0027694F" w:rsidRPr="002E6116" w:rsidRDefault="0027694F" w:rsidP="0027694F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="44FDA6D3" w14:textId="17CBC1E7" w:rsidR="002A113E" w:rsidRDefault="002E6116" w:rsidP="00246A2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Occupancy Factor based on the </w:t>
       </w:r>
       <w:r w:rsidR="00873395">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>12-month</w:t>
       </w:r>
       <w:r w:rsidR="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> daily </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Occupancy Rate</w:t>
+        <w:t xml:space="preserve"> daily average  IL Occupancy Rate</w:t>
       </w:r>
       <w:r w:rsidR="002A113E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DF0BAC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-583076229"/>
           <w:placeholder>
             <w:docPart w:val="33A929C592E74EC7A62135AE03CEA90A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -4078,53 +4171,58 @@
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
       <w:r w:rsidRPr="002A113E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 of section B above)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B07F7E" w14:textId="218000A9" w:rsidR="00B30317" w:rsidRDefault="00FF1EF8" w:rsidP="00246A2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBF93FD" w14:textId="0E2CD05C" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00350122" w:rsidP="00246A2D">
+    <w:p w14:paraId="1EBF93FD" w14:textId="0E2CD05C" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00350122" w:rsidP="00A216BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00C02402" w:rsidRPr="00DF52A9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001040F4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00317337" w:rsidRPr="00DF52A9">
         <w:t>Operating Reserve Assets:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F503678" w14:textId="77777777" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00317337" w:rsidP="00317337">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="369D0B48" w14:textId="1474EF08" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00317337" w:rsidP="00317337">
       <w:pPr>
@@ -4258,56 +4356,56 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00317337" w:rsidRPr="00DF52A9" w14:paraId="5C24353E" w14:textId="06D696EC" w:rsidTr="00A15E5C">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Description1"/>
             <w:tag w:val="Description1"/>
             <w:id w:val="1897936943"/>
             <w:placeholder>
               <w:docPart w:val="93EDB9B6BA624283B8CE8127AAE7EF4B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="134F16A3" w14:textId="42FB100B" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="00A15E5C">
+              <w:p w14:paraId="134F16A3" w14:textId="42FB100B" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="0027694F">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="34"/>
+                    <w:numId w:val="5"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Institution1"/>
             <w:tag w:val="Institution1"/>
             <w:id w:val="631674618"/>
             <w:placeholder>
               <w:docPart w:val="9AFD405639A94AEC80DCFD47D923603F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4350,56 +4448,56 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00317337" w:rsidRPr="00DF52A9" w14:paraId="53796A3D" w14:textId="54DD4A2F" w:rsidTr="00A15E5C">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Description2"/>
             <w:tag w:val="Description2"/>
             <w:id w:val="-1476137624"/>
             <w:placeholder>
               <w:docPart w:val="DFB5C087DEE54146BA6A667F025BBA32"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5CB2D3EF" w14:textId="6A766EA7" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="00A15E5C">
+              <w:p w14:paraId="5CB2D3EF" w14:textId="6A766EA7" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="0027694F">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="34"/>
+                    <w:numId w:val="5"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Institution2"/>
             <w:tag w:val="Institution2"/>
             <w:id w:val="1724333328"/>
             <w:placeholder>
               <w:docPart w:val="42CABD23424A45CB9657C5259669E482"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4439,56 +4537,56 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00317337" w:rsidRPr="00DF52A9" w14:paraId="403D6681" w14:textId="1C5DD3C9" w:rsidTr="00A15E5C">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Description3"/>
             <w:tag w:val="Description3"/>
             <w:id w:val="469410662"/>
             <w:placeholder>
               <w:docPart w:val="1997F7C45054453BBC109E198880445C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7B6DD97C" w14:textId="013D8570" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="00A15E5C">
+              <w:p w14:paraId="7B6DD97C" w14:textId="013D8570" w:rsidR="00317337" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="0027694F">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="34"/>
+                    <w:numId w:val="5"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Institution3"/>
             <w:tag w:val="Institution3"/>
             <w:id w:val="2073458187"/>
             <w:placeholder>
               <w:docPart w:val="F17D1E9404874A169872FB2D70AE27DE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4671,56 +4769,56 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w14:paraId="222116C1" w14:textId="77777777" w:rsidTr="002F0B97">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFunding1"/>
             <w:tag w:val="AlternativeFunding1"/>
             <w:id w:val="-1042052258"/>
             <w:placeholder>
               <w:docPart w:val="C43262C1C89D474790209E260C2B3103"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0F433529" w14:textId="563600E5" w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="00A15E5C">
+              <w:p w14:paraId="0F433529" w14:textId="563600E5" w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="0027694F">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="35"/>
+                    <w:numId w:val="6"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFundingInstitution1"/>
             <w:tag w:val="AlternativeFundingInstitution1"/>
             <w:id w:val="-392970658"/>
             <w:placeholder>
               <w:docPart w:val="A4D5C79DCAB24B9598DEA9DF2EC4444E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4766,56 +4864,56 @@
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w14:paraId="6402556E" w14:textId="77777777" w:rsidTr="009F3E32">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFunding2"/>
             <w:tag w:val="AlternativeFunding2"/>
             <w:id w:val="295801885"/>
             <w:placeholder>
               <w:docPart w:val="EB4E4C71ACA346D6AD1042BD33760794"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6A72C047" w14:textId="0174DD92" w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="00A15E5C">
+              <w:p w14:paraId="6A72C047" w14:textId="0174DD92" w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="0027694F">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="35"/>
+                    <w:numId w:val="6"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFundingInstitution2"/>
             <w:tag w:val="AlternativeFundingInstitution2"/>
             <w:id w:val="2040460727"/>
             <w:placeholder>
               <w:docPart w:val="5E09CAB13DB2416598B6DBFD455A7464"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4862,56 +4960,56 @@
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w14:paraId="64A1DE32" w14:textId="77777777" w:rsidTr="009F3E32">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFunding3"/>
             <w:tag w:val="AlternativeFunding3"/>
             <w:id w:val="1038241154"/>
             <w:placeholder>
               <w:docPart w:val="5774880F0CA64D33B26CA76BDD9ADDB4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="48943BD2" w14:textId="43C73CA5" w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="00A15E5C">
+              <w:p w14:paraId="48943BD2" w14:textId="43C73CA5" w:rsidR="00A15E5C" w:rsidRPr="00DF52A9" w:rsidRDefault="00246A2D" w:rsidP="0027694F">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="35"/>
+                    <w:numId w:val="6"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFundingInstitution3"/>
             <w:tag w:val="AlternativeFundingInstitution3"/>
             <w:id w:val="-1122145664"/>
             <w:placeholder>
               <w:docPart w:val="CE4DF19B966D4A64952E736A1B4B83D9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -5013,62 +5111,68 @@
         <w:t>Annual Disclosure Statement Filing Supplement</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>, and that to the best of my knowledge and belief, the items submitted are true, correct, and complete, in accordance with G.S. 58-64A-</w:t>
       </w:r>
       <w:r w:rsidR="00723F29">
         <w:t>270</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755E95D8" w14:textId="77777777" w:rsidR="006E10A8" w:rsidRPr="00DF52A9" w:rsidRDefault="006E10A8" w:rsidP="006E10A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>I am a duly authorized officer, principal, general partner, or trustee of the Provider, and I am authorized to execute this filing on behalf of the Provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155FB006" w14:textId="77777777" w:rsidR="006E10A8" w:rsidRPr="00DF52A9" w:rsidRDefault="006E10A8" w:rsidP="006E10A8">
+    <w:p w14:paraId="155FB006" w14:textId="5C579983" w:rsidR="006E10A8" w:rsidRPr="00DF52A9" w:rsidRDefault="006E10A8" w:rsidP="006E10A8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="840" w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:t>Signature: __________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:tab/>
-        <w:t xml:space="preserve">   Date:  </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E24DB0">
+        <w:t>Certification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF52A9">
+        <w:t xml:space="preserve"> Date:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="SignatureDate"/>
           <w:tag w:val="SignatureDate"/>
           <w:id w:val="-1926568810"/>
           <w:placeholder>
             <w:docPart w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00DF52A9">
             <w:t>MM/DD/YYYY</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="12F0963F" w14:textId="77777777" w:rsidR="006E10A8" w:rsidRPr="00DF52A9" w:rsidRDefault="006E10A8" w:rsidP="006E10A8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:jc w:val="both"/>
@@ -5228,135 +5332,147 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A7D71F3" w14:textId="27410420" w:rsidR="0067042A" w:rsidRDefault="0067042A">
+  <w:p w14:paraId="6A7D71F3" w14:textId="5F851F4C" w:rsidR="0067042A" w:rsidRDefault="0067042A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>CCRC-</w:t>
     </w:r>
     <w:r w:rsidR="00723F29">
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="002A6DF2">
       <w:t>2</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> (12/25)</w:t>
+      <w:t xml:space="preserve"> (2/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00575596">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7F8A9DDF" w14:textId="77777777" w:rsidR="00723F29" w:rsidRDefault="00723F29" w:rsidP="00723F29">
+  <w:p w14:paraId="7F8A9DDF" w14:textId="604F6EC5" w:rsidR="00723F29" w:rsidRDefault="00723F29" w:rsidP="00723F29">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
-      <w:t>CCRC-02 (12/25)</w:t>
+      <w:t>CCRC-02 (2/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00575596">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0D2B9620" w14:textId="4B61BC88" w:rsidR="0078250B" w:rsidRPr="00723F29" w:rsidRDefault="0078250B" w:rsidP="00723F29">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30ED3FDA" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="51C4E4DD" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -5423,195 +5539,67 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00137EB9">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06A933F6"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="4D0ADDAA"/>
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="EF3EBDA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...127 lines deleted...]
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="070B4ECB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B5079E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5717,4877 +5705,819 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A7154A7"/>
+    <w:nsid w:val="0B9F7D1D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1382213F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="448C35C8"/>
+    <w:tmpl w:val="706E8A06"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FA76E3E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40791C5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7142478"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="450E7EAA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AD05E7C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="005E6A64"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="517D606F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7005B7E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64CE0A4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="58426180"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
-[...593 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...123 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1EED1FF9"/>
-[...3992 lines deleted...]
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DBD019B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86BC4CEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="Part %2: "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10671,831 +6601,395 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
-[...349 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1460605296">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="283081751">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1028138575">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="3" w16cid:durableId="137502996">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1423405848">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="4" w16cid:durableId="2004160739">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="501625719">
-    <w:abstractNumId w:val="46"/>
+  <w:num w:numId="5" w16cid:durableId="815536050">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1359892229">
-[...2 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="683282760">
+  <w:num w:numId="6" w16cid:durableId="29571280">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2037778341">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="7" w16cid:durableId="720861429">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1419137900">
+  <w:num w:numId="8" w16cid:durableId="2031029396">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1159033450">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="386225211">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="719323928">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1299842939">
-[...119 lines deleted...]
-  <w:numIdMacAtCleanup w:val="16"/>
+  <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="8WlT2ZWfZhyFDmvPnECFRGUnTXwTKvOUOdM1/52+WqDfyga6xn3GspEcvLzuuKFCgrreWhCaB8pspmMZ9ZktHQ==" w:salt="Y7aYerVpo+EBE9PhdBWfqQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sPThB+2d850bYu5AXP14JEPjglq/8KHV+J+PIdfSD5J+MrUB/vpIW0wU8f73JZ6DwKZ37YnoBO5ynl+gE4TdvA==" w:salt="FneaIvEZs2jL//24zgPk6w=="/>
   <w:defaultTabStop w:val="360"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="61441"/>
+    <o:shapedefaults v:ext="edit" spidmax="88065"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267ED6"/>
     <w:rsid w:val="00016B90"/>
     <w:rsid w:val="000217DB"/>
     <w:rsid w:val="00022761"/>
+    <w:rsid w:val="00025EDF"/>
     <w:rsid w:val="000307DB"/>
     <w:rsid w:val="00040407"/>
     <w:rsid w:val="000461F1"/>
     <w:rsid w:val="0008522D"/>
     <w:rsid w:val="0008765D"/>
     <w:rsid w:val="00097484"/>
     <w:rsid w:val="000A6DDB"/>
     <w:rsid w:val="000C74E7"/>
     <w:rsid w:val="000E2C71"/>
     <w:rsid w:val="00103404"/>
     <w:rsid w:val="001040F4"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="0010766F"/>
     <w:rsid w:val="0012547F"/>
     <w:rsid w:val="00137EB9"/>
     <w:rsid w:val="00143E88"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="0015734C"/>
     <w:rsid w:val="00174C46"/>
     <w:rsid w:val="001800B2"/>
     <w:rsid w:val="00194A33"/>
     <w:rsid w:val="001A7E79"/>
     <w:rsid w:val="001B040C"/>
+    <w:rsid w:val="001C44F6"/>
     <w:rsid w:val="001C6F04"/>
     <w:rsid w:val="001D3F8E"/>
+    <w:rsid w:val="001F5F4F"/>
     <w:rsid w:val="00227277"/>
     <w:rsid w:val="002276E1"/>
     <w:rsid w:val="00241BEF"/>
     <w:rsid w:val="00243D3E"/>
     <w:rsid w:val="00246A2D"/>
     <w:rsid w:val="00246E6B"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="00267ED6"/>
     <w:rsid w:val="002707FB"/>
+    <w:rsid w:val="0027694F"/>
     <w:rsid w:val="00281ED9"/>
+    <w:rsid w:val="0028283E"/>
     <w:rsid w:val="002A113E"/>
     <w:rsid w:val="002A6DF2"/>
     <w:rsid w:val="002D54EB"/>
     <w:rsid w:val="002E1271"/>
     <w:rsid w:val="002E6116"/>
     <w:rsid w:val="002F4DD5"/>
     <w:rsid w:val="00302296"/>
     <w:rsid w:val="0030325A"/>
     <w:rsid w:val="0030458D"/>
     <w:rsid w:val="00314EAB"/>
     <w:rsid w:val="00317337"/>
+    <w:rsid w:val="00344320"/>
     <w:rsid w:val="003464CA"/>
     <w:rsid w:val="00350122"/>
+    <w:rsid w:val="00380A1F"/>
     <w:rsid w:val="00386FEA"/>
     <w:rsid w:val="003A24A2"/>
     <w:rsid w:val="003B6D77"/>
     <w:rsid w:val="003D297C"/>
     <w:rsid w:val="004138F0"/>
     <w:rsid w:val="004144E6"/>
     <w:rsid w:val="004166CC"/>
     <w:rsid w:val="004225B0"/>
     <w:rsid w:val="00424797"/>
+    <w:rsid w:val="00425F74"/>
+    <w:rsid w:val="00434E61"/>
     <w:rsid w:val="004363BA"/>
     <w:rsid w:val="004409BD"/>
     <w:rsid w:val="0044404C"/>
     <w:rsid w:val="00470B6B"/>
+    <w:rsid w:val="00497743"/>
+    <w:rsid w:val="004B37C1"/>
     <w:rsid w:val="004B4DDC"/>
     <w:rsid w:val="004C0259"/>
     <w:rsid w:val="004C329B"/>
     <w:rsid w:val="004C605D"/>
     <w:rsid w:val="004E00F8"/>
     <w:rsid w:val="004E0415"/>
     <w:rsid w:val="00507ED9"/>
     <w:rsid w:val="005150AA"/>
     <w:rsid w:val="0053726C"/>
     <w:rsid w:val="005577C2"/>
+    <w:rsid w:val="00575596"/>
     <w:rsid w:val="005825C8"/>
     <w:rsid w:val="005976D0"/>
     <w:rsid w:val="005A19EE"/>
+    <w:rsid w:val="005A4AEB"/>
     <w:rsid w:val="005A4D8F"/>
     <w:rsid w:val="005B0306"/>
-    <w:rsid w:val="005B4AAC"/>
     <w:rsid w:val="005B74FC"/>
     <w:rsid w:val="005E2B88"/>
     <w:rsid w:val="0060655A"/>
     <w:rsid w:val="00606AB7"/>
     <w:rsid w:val="0064613F"/>
+    <w:rsid w:val="00651A1D"/>
     <w:rsid w:val="00653539"/>
     <w:rsid w:val="00663244"/>
     <w:rsid w:val="0067042A"/>
     <w:rsid w:val="00684733"/>
     <w:rsid w:val="00693E06"/>
     <w:rsid w:val="006B4003"/>
     <w:rsid w:val="006B5BE0"/>
     <w:rsid w:val="006D7725"/>
     <w:rsid w:val="006E10A8"/>
     <w:rsid w:val="007005AA"/>
     <w:rsid w:val="00703FEA"/>
     <w:rsid w:val="00723F29"/>
     <w:rsid w:val="00737AD0"/>
     <w:rsid w:val="00740F54"/>
     <w:rsid w:val="00757D03"/>
     <w:rsid w:val="0076157C"/>
     <w:rsid w:val="007775BD"/>
     <w:rsid w:val="007807BB"/>
     <w:rsid w:val="0078250B"/>
     <w:rsid w:val="00786E39"/>
     <w:rsid w:val="00790B02"/>
     <w:rsid w:val="007A75DD"/>
     <w:rsid w:val="007B1A3A"/>
     <w:rsid w:val="007C28C8"/>
     <w:rsid w:val="007D0C14"/>
     <w:rsid w:val="0080169F"/>
     <w:rsid w:val="0080313C"/>
     <w:rsid w:val="00805307"/>
     <w:rsid w:val="00826272"/>
+    <w:rsid w:val="00867F65"/>
     <w:rsid w:val="00870261"/>
     <w:rsid w:val="00873395"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="0087613C"/>
     <w:rsid w:val="00887E8A"/>
     <w:rsid w:val="008B542F"/>
     <w:rsid w:val="008E4A91"/>
     <w:rsid w:val="008F6BF1"/>
     <w:rsid w:val="009107C1"/>
     <w:rsid w:val="0091428E"/>
     <w:rsid w:val="0091515B"/>
     <w:rsid w:val="00915496"/>
     <w:rsid w:val="0091735D"/>
+    <w:rsid w:val="00924DCB"/>
     <w:rsid w:val="00930714"/>
     <w:rsid w:val="00935747"/>
+    <w:rsid w:val="0093641A"/>
     <w:rsid w:val="00962EB8"/>
     <w:rsid w:val="00964465"/>
     <w:rsid w:val="00966334"/>
     <w:rsid w:val="00970AAF"/>
     <w:rsid w:val="00972973"/>
     <w:rsid w:val="009B000A"/>
     <w:rsid w:val="009D13D5"/>
     <w:rsid w:val="009D6EC2"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="009F6A98"/>
     <w:rsid w:val="009F7714"/>
+    <w:rsid w:val="00A07A9F"/>
     <w:rsid w:val="00A15E5C"/>
     <w:rsid w:val="00A2112E"/>
+    <w:rsid w:val="00A216BC"/>
     <w:rsid w:val="00A33315"/>
     <w:rsid w:val="00A33993"/>
     <w:rsid w:val="00A41FEB"/>
+    <w:rsid w:val="00A44E16"/>
+    <w:rsid w:val="00A4530A"/>
     <w:rsid w:val="00A51218"/>
     <w:rsid w:val="00A57A6B"/>
     <w:rsid w:val="00A63DEF"/>
     <w:rsid w:val="00A63F9A"/>
     <w:rsid w:val="00A70A41"/>
     <w:rsid w:val="00A76C7F"/>
     <w:rsid w:val="00A84554"/>
     <w:rsid w:val="00AA299C"/>
     <w:rsid w:val="00AC1AE7"/>
     <w:rsid w:val="00AC7B49"/>
     <w:rsid w:val="00AE09E5"/>
     <w:rsid w:val="00AF1967"/>
     <w:rsid w:val="00AF28A8"/>
     <w:rsid w:val="00B01594"/>
     <w:rsid w:val="00B059D9"/>
     <w:rsid w:val="00B22D58"/>
     <w:rsid w:val="00B30317"/>
     <w:rsid w:val="00B3607B"/>
     <w:rsid w:val="00B368AB"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B51F67"/>
     <w:rsid w:val="00B53496"/>
     <w:rsid w:val="00B75C87"/>
     <w:rsid w:val="00B93B6F"/>
     <w:rsid w:val="00BC0D17"/>
     <w:rsid w:val="00BC3D9C"/>
     <w:rsid w:val="00BD7540"/>
     <w:rsid w:val="00C02402"/>
     <w:rsid w:val="00C02CF9"/>
     <w:rsid w:val="00C47143"/>
     <w:rsid w:val="00C52F50"/>
     <w:rsid w:val="00C53ED9"/>
     <w:rsid w:val="00C565B4"/>
     <w:rsid w:val="00C62D72"/>
     <w:rsid w:val="00C96AF6"/>
     <w:rsid w:val="00CA51E2"/>
     <w:rsid w:val="00CB602D"/>
+    <w:rsid w:val="00CD5538"/>
     <w:rsid w:val="00CE50F0"/>
     <w:rsid w:val="00CF497A"/>
+    <w:rsid w:val="00D12175"/>
     <w:rsid w:val="00D152BE"/>
     <w:rsid w:val="00D25BCA"/>
+    <w:rsid w:val="00D35427"/>
     <w:rsid w:val="00D7443D"/>
     <w:rsid w:val="00D75E5D"/>
+    <w:rsid w:val="00D8409F"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00D9450F"/>
+    <w:rsid w:val="00DA5315"/>
     <w:rsid w:val="00DC2EC9"/>
     <w:rsid w:val="00DD2E73"/>
     <w:rsid w:val="00DE7E64"/>
     <w:rsid w:val="00DF0503"/>
     <w:rsid w:val="00DF0BAC"/>
     <w:rsid w:val="00DF52A9"/>
     <w:rsid w:val="00E05DD6"/>
     <w:rsid w:val="00E10271"/>
+    <w:rsid w:val="00E10FF0"/>
+    <w:rsid w:val="00E24DB0"/>
     <w:rsid w:val="00E30245"/>
     <w:rsid w:val="00E36E72"/>
     <w:rsid w:val="00E42F99"/>
     <w:rsid w:val="00E64C1B"/>
     <w:rsid w:val="00E660B1"/>
     <w:rsid w:val="00E71DBB"/>
     <w:rsid w:val="00E7378E"/>
     <w:rsid w:val="00E9774E"/>
     <w:rsid w:val="00ED047F"/>
     <w:rsid w:val="00ED5E6B"/>
     <w:rsid w:val="00EE77C2"/>
     <w:rsid w:val="00EF2E1F"/>
     <w:rsid w:val="00EF338A"/>
+    <w:rsid w:val="00F15AF5"/>
     <w:rsid w:val="00F21747"/>
     <w:rsid w:val="00F24BBF"/>
     <w:rsid w:val="00F2501F"/>
     <w:rsid w:val="00F314B1"/>
     <w:rsid w:val="00F31675"/>
     <w:rsid w:val="00F33CB7"/>
     <w:rsid w:val="00F4743C"/>
     <w:rsid w:val="00F66ACD"/>
     <w:rsid w:val="00F71206"/>
     <w:rsid w:val="00F72519"/>
     <w:rsid w:val="00F83AAB"/>
     <w:rsid w:val="00FA3710"/>
     <w:rsid w:val="00FB14A9"/>
     <w:rsid w:val="00FB4496"/>
+    <w:rsid w:val="00FB6EFF"/>
     <w:rsid w:val="00FC1D7F"/>
     <w:rsid w:val="00FE0E89"/>
     <w:rsid w:val="00FE7F53"/>
     <w:rsid w:val="00FF1EF8"/>
     <w:rsid w:val="00FF2A95"/>
     <w:rsid w:val="00FF6814"/>
     <w:rsid w:val="00FF787B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="61441"/>
+    <o:shapedefaults v:ext="edit" spidmax="88065"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="352971F3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A1843CB-1DE5-4628-9F2F-71DCF8530F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -12567,50 +8061,137 @@
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00016B90"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00FC1D7F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00867F65"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A4530A"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A4530A"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A4530A"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A4530A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A4530A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="32460790">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="204413886">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -13377,1401 +8958,1430 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3986CE0821AE4D8CBBF0029185988F42"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{864AC4E6-64E2-4AAE-BC47-622E2C150171}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="3986CE0821AE4D8CBBF0029185988F421"/>
+            <w:pStyle w:val="3986CE0821AE4D8CBBF0029185988F42"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="24EB927CC0514FBF9B571F03FC9262D8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{395F000A-8504-40B3-B7E4-E5D6021B9C77}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="24EB927CC0514FBF9B571F03FC9262D84"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D8E680DAC03A41508483E3CFA5370AE5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BED18101-2DF7-47EA-9BCC-51C14837378E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="D8E680DAC03A41508483E3CFA5370AE54"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B73CDDC57CD54041977CDB02A2E9C9E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BD1F72FD-A834-49CE-9527-75BBD9A430D7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="B73CDDC57CD54041977CDB02A2E9C9E54"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2DD2064CE7CC486782C137769A093A31"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C20F4269-E1AD-4560-9433-D4C17CE93B9D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="2DD2064CE7CC486782C137769A093A314"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A653DF58868347739455CEACAF994ED8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1748E0AA-A0D1-49A3-97B8-A7F6E86D69F5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="A653DF58868347739455CEACAF994ED87"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2958A4EE1295440F97A742D61EB7B138"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E76F2F71-A9CF-485E-BE7F-AEDBC3490FEF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="2958A4EE1295440F97A742D61EB7B1387"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="809FAA2199BA488499737D121E21AAE0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{61144160-669B-4C95-83CE-984C91BDB928}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="809FAA2199BA488499737D121E21AAE07"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="922778473E4C42F5934FC954F26B891E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D2B5C40-7DDA-4144-9C53-548192A0A33B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001902FC" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="001902FC" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="922778473E4C42F5934FC954F26B891E10"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="892B49EB6AF84079AEEE2FB9133718F1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C100C986-9E7C-45B2-BC08-CF67538807D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001902FC" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="001902FC" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="892B49EB6AF84079AEEE2FB9133718F111"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="93EDB9B6BA624283B8CE8127AAE7EF4B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B195EBA9-DD52-429B-A1EF-B210459E820C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="93EDB9B6BA624283B8CE8127AAE7EF4B12"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9AFD405639A94AEC80DCFD47D923603F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{32E0EEE3-8ACD-4BB2-A896-001A3EB7C53C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="9AFD405639A94AEC80DCFD47D923603F12"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DFB5C087DEE54146BA6A667F025BBA32"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{52D25ACB-9185-4E2B-A6A6-0A8B16D995BA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="DFB5C087DEE54146BA6A667F025BBA3212"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="42CABD23424A45CB9657C5259669E482"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E60EC205-89E1-46C0-9213-6DD8F0DD4AC9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="42CABD23424A45CB9657C5259669E4821"/>
+            <w:pStyle w:val="42CABD23424A45CB9657C5259669E482"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1997F7C45054453BBC109E198880445C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{55AE9937-A154-4F1F-BE29-1C28435FE12C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="1997F7C45054453BBC109E198880445C12"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F17D1E9404874A169872FB2D70AE27DE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D9F224BF-8B79-4DFA-960C-BF7589011763}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="F17D1E9404874A169872FB2D70AE27DE12"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5587E625CD124A02B132C3A17D239874"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{42E8756D-B3B9-4EA7-8873-85F3ED5B09CF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="5587E625CD124A02B132C3A17D23987412"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7F0D368C3BB744A8A6E13159B37BE7E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0769873F-83BD-4814-B8CC-24D753A44225}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="7F0D368C3BB744A8A6E13159B37BE7E512"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1E41B624D01E49E6A474278E25A0F0E2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F848E30E-BD2C-4794-A2D7-6EB58490632B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="1E41B624D01E49E6A474278E25A0F0E212"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C43262C1C89D474790209E260C2B3103"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F1EDB3F3-0F75-4204-87D2-A86203C86C5F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="C43262C1C89D474790209E260C2B310312"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A4D5C79DCAB24B9598DEA9DF2EC4444E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{74770282-3B36-4497-928C-EE5518CAA061}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="A4D5C79DCAB24B9598DEA9DF2EC4444E12"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5579C7DCD97F448BA4E5ABA0ECC3A7B2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{65087357-9CD4-443D-AC7C-C0BF20D1685C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="5579C7DCD97F448BA4E5ABA0ECC3A7B212"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EB4E4C71ACA346D6AD1042BD33760794"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C06064EB-5392-4B72-AAAC-C5CB58C0C7C6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="EB4E4C71ACA346D6AD1042BD3376079412"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5E09CAB13DB2416598B6DBFD455A7464"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F313BC32-DFBC-4A86-AF7F-1C10B0ACC8C4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="5E09CAB13DB2416598B6DBFD455A746412"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AD92ACCD5AEA4C5286F1881A1F8AB808"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{60A46E38-F10B-46AA-8247-5D5E17ADBA81}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="AD92ACCD5AEA4C5286F1881A1F8AB80812"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5774880F0CA64D33B26CA76BDD9ADDB4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DE5B924E-5D6A-467C-96C5-F7309A3DEEF5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="5774880F0CA64D33B26CA76BDD9ADDB413"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CE4DF19B966D4A64952E736A1B4B83D9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5FAA032-D3A4-4970-9AA7-A453AC1A13C3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="CE4DF19B966D4A64952E736A1B4B83D913"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="60254530C76149168FAC2BEFDA3D02B1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{946CF74E-CF05-434C-AED8-1944B6CE7214}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="60254530C76149168FAC2BEFDA3D02B113"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{928E6A28-FAFC-471D-AEC1-638E3F6A7DF6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="0025344F">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="0025344F">
           <w:pPr>
             <w:pStyle w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
           </w:pPr>
           <w:r w:rsidRPr="00DF52A9">
             <w:t>MM/DD/YYYY</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C531F36C229C4F9AA7F773CAC92C50A5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4FBA12D4-A10B-4E92-AC8F-B3FA2A0999EB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="C531F36C229C4F9AA7F773CAC92C50A51"/>
+            <w:pStyle w:val="C531F36C229C4F9AA7F773CAC92C50A5"/>
           </w:pPr>
           <w:r w:rsidRPr="00DF52A9">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Type full legal name</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="189E45AEBDDF469DBA56463476BBE996"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CBAEC612-32BB-44D8-8B07-CEC74C96D273}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="189E45AEBDDF469DBA56463476BBE9961"/>
+            <w:pStyle w:val="189E45AEBDDF469DBA56463476BBE996"/>
           </w:pPr>
           <w:r w:rsidRPr="00DF52A9">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Type title or role</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2A315B31E58E4A9BBE737CBF9B64A0FD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{967364D8-A9BA-44DE-A02D-9419640F3403}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="2A315B31E58E4A9BBE737CBF9B64A0FD8"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="39AEB1EC2AB44CED88271A7652E802CB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C6A3AB5C-41D0-4E37-A639-0408D0F05A77}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="39AEB1EC2AB44CED88271A7652E802CB8"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F5698B00649A439286A75A6EE612DC0C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E9E5E354-2C41-4B69-A33B-3888AA1E7304}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="F5698B00649A439286A75A6EE612DC0C8"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4EF396402ECE41AA9B69A635DCDE200A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D23963D0-C560-4AA5-A533-EE285559B239}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="4EF396402ECE41AA9B69A635DCDE200A8"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2622614CBAA9419D83B4E41884356176"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B779BDDF-A8EB-411F-9024-4FB31B4B3710}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="2622614CBAA9419D83B4E418843561768"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="41B31A46123A444CAA1D54399D2CF7AA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{061C07F3-3A64-484E-83C2-2B3D323C9E2D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="41B31A46123A444CAA1D54399D2CF7AA8"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="749FF87EE9B448B9BD0AC27B839FBB30"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F36676E1-ED6B-4510-8D46-E69B6587700F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="749FF87EE9B448B9BD0AC27B839FBB308"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A0A860DE0099477F9B704F8CAC0CDB4B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{810B288E-59C3-49D8-875F-9382C463C6DE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F314CA" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="00F314CA" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="A0A860DE0099477F9B704F8CAC0CDB4B7"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A2B15F7D926B4B1AA55B4388D927720C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{04AE6154-BCBE-4A8A-87ED-5A5663CA681C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F314CA" w:rsidRDefault="005F6C42" w:rsidP="00F314CA">
+        <w:p w:rsidR="00F314CA" w:rsidRDefault="004F6B51" w:rsidP="00F314CA">
           <w:pPr>
             <w:pStyle w:val="A2B15F7D926B4B1AA55B4388D927720C7"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="85F506F6388B4022A451F858D0C7AF1D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B35F108C-95FC-42FE-8E10-43F5B4B3474B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F314CA" w:rsidRDefault="005F6C42">
+        <w:p w:rsidR="00F314CA" w:rsidRDefault="004F6B51">
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AAECFEBBBD01427AB5E6716F93A957D3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33427EB1-F5A8-4AD5-BCD0-86E5C4E6D41C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F33B5B" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="00F33B5B" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="AAECFEBBBD01427AB5E6716F93A957D31"/>
+            <w:pStyle w:val="AAECFEBBBD01427AB5E6716F93A957D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1573E31CCD6E4420987A6C5464B4A21E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CB6E66E7-855F-4DD2-800C-7F0ED68B649A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F33B5B" w:rsidRDefault="005F6C42">
+        <w:p w:rsidR="00F33B5B" w:rsidRDefault="004F6B51">
           <w:r>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2D97BDCB5D78436190F614C3129F1891"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F8C75419-9B89-4B07-8D53-5E2512D58A00}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F33B5B" w:rsidRDefault="005F6C42">
+        <w:p w:rsidR="00F33B5B" w:rsidRDefault="004F6B51">
           <w:r>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0C529CF87CF0432AA68180A13CE69634"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C8CE19A4-07B6-415C-B781-F92741CA1CC2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F33B5B" w:rsidRDefault="005F6C42">
+        <w:p w:rsidR="00F33B5B" w:rsidRDefault="004F6B51">
           <w:r>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6847F714BBA34701898816DA901128C5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9385AA9F-B07A-43CE-91AD-A91EFD6573D0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F33B5B" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="00F33B5B" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="6847F714BBA34701898816DA901128C51"/>
+            <w:pStyle w:val="6847F714BBA34701898816DA901128C5"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="33A929C592E74EC7A62135AE03CEA90A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3DE64801-9F11-4587-99DA-4B217A964C77}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F33B5B" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="00F33B5B" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="33A929C592E74EC7A62135AE03CEA90A1"/>
+            <w:pStyle w:val="33A929C592E74EC7A62135AE03CEA90A"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E98881EFBC794F8D8CA1409E24E768EB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E779F52C-6C6F-44DF-AFB0-89F4D8B893CD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005F6C42" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="005F6C42" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="E98881EFBC794F8D8CA1409E24E768EB"/>
+            <w:pStyle w:val="E98881EFBC794F8D8CA1409E24E768EB1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="807AFF51735A4741B2855E941F3F8657"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8392360-3827-4513-AB1F-3E06FD369D81}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005F6C42" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="005F6C42" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="807AFF51735A4741B2855E941F3F8657"/>
+            <w:pStyle w:val="807AFF51735A4741B2855E941F3F86571"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3478AF3492F4486DA96B6D7D677F9F6C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A7267466-15BA-47FC-94B4-4530A37E0977}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005F6C42" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="005F6C42" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
           <w:pPr>
-            <w:pStyle w:val="3478AF3492F4486DA96B6D7D677F9F6C"/>
+            <w:pStyle w:val="3478AF3492F4486DA96B6D7D677F9F6C1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E8DA3E20AA464897B2F68E1D53CAFC99"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E7346D58-D1B0-4A09-AFCB-671A5F473A70}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005F6C42" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="005F6C42" w:rsidRDefault="004F6B51" w:rsidP="005F6C42">
           <w:pPr>
             <w:pStyle w:val="E8DA3E20AA464897B2F68E1D53CAFC99"/>
           </w:pPr>
           <w:r>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C18C8641E5F44233ACDA63A1F2A6B75D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C87A603A-AAD3-4BAE-9D45-9DC1F387F2AC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005F6C42" w:rsidRDefault="005F6C42" w:rsidP="005F6C42">
+        <w:p w:rsidR="005F6C42" w:rsidRDefault="004F6B51" w:rsidP="005F6C42">
           <w:pPr>
             <w:pStyle w:val="C18C8641E5F44233ACDA63A1F2A6B75D"/>
           </w:pPr>
           <w:r>
+            <w:t>____________</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6521D1B9FB8E49A0868C3355262A8047"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{32039350-EBC0-459E-B31A-07FF06B5D892}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004F6B51" w:rsidRDefault="004F6B51" w:rsidP="004F6B51">
+          <w:pPr>
+            <w:pStyle w:val="6521D1B9FB8E49A0868C3355262A8047"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
             <w:t>____________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14817,75 +10427,89 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00100089"/>
     <w:rsid w:val="00100089"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="001902FC"/>
+    <w:rsid w:val="001C44F6"/>
     <w:rsid w:val="001D32A7"/>
+    <w:rsid w:val="001F5F4F"/>
+    <w:rsid w:val="00242153"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="0025344F"/>
+    <w:rsid w:val="00344320"/>
     <w:rsid w:val="003464CA"/>
+    <w:rsid w:val="00380A1F"/>
     <w:rsid w:val="003D297C"/>
+    <w:rsid w:val="00434E61"/>
     <w:rsid w:val="004B4DDC"/>
     <w:rsid w:val="004C0259"/>
+    <w:rsid w:val="004F6B51"/>
     <w:rsid w:val="005F6C42"/>
     <w:rsid w:val="00770EB5"/>
     <w:rsid w:val="007B1A3A"/>
     <w:rsid w:val="0080313C"/>
     <w:rsid w:val="008335B1"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="00877D69"/>
     <w:rsid w:val="00970AAF"/>
     <w:rsid w:val="00972973"/>
     <w:rsid w:val="009F6A98"/>
+    <w:rsid w:val="00A07A9F"/>
     <w:rsid w:val="00B93B6F"/>
     <w:rsid w:val="00CB3F9A"/>
+    <w:rsid w:val="00CD5538"/>
+    <w:rsid w:val="00D12175"/>
+    <w:rsid w:val="00D8409F"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00D9450F"/>
+    <w:rsid w:val="00DA5315"/>
+    <w:rsid w:val="00E10FF0"/>
     <w:rsid w:val="00EE77C2"/>
     <w:rsid w:val="00F314CA"/>
     <w:rsid w:val="00F33B5B"/>
     <w:rsid w:val="00F3632D"/>
+    <w:rsid w:val="00FB6EFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -15297,51 +10921,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005F6C42"/>
+    <w:rsid w:val="004F6B51"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0419F16CFAE1426A8D9AE23BF405CF2C">
     <w:name w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
     <w:rsid w:val="0025344F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="24EB927CC0514FBF9B571F03FC9262D84">
     <w:name w:val="24EB927CC0514FBF9B571F03FC9262D84"/>
     <w:rsid w:val="00F314CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D8E680DAC03A41508483E3CFA5370AE54">
     <w:name w:val="D8E680DAC03A41508483E3CFA5370AE54"/>
     <w:rsid w:val="00F314CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -15668,141 +11292,173 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CE4DF19B966D4A64952E736A1B4B83D913">
     <w:name w:val="CE4DF19B966D4A64952E736A1B4B83D913"/>
     <w:rsid w:val="00F314CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="60254530C76149168FAC2BEFDA3D02B113">
     <w:name w:val="60254530C76149168FAC2BEFDA3D02B113"/>
     <w:rsid w:val="00F314CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3986CE0821AE4D8CBBF0029185988F421">
-    <w:name w:val="3986CE0821AE4D8CBBF0029185988F421"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8DA3E20AA464897B2F68E1D53CAFC99">
+    <w:name w:val="E8DA3E20AA464897B2F68E1D53CAFC99"/>
     <w:rsid w:val="005F6C42"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C18C8641E5F44233ACDA63A1F2A6B75D">
+    <w:name w:val="C18C8641E5F44233ACDA63A1F2A6B75D"/>
+    <w:rsid w:val="005F6C42"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3986CE0821AE4D8CBBF0029185988F42">
+    <w:name w:val="3986CE0821AE4D8CBBF0029185988F42"/>
+    <w:rsid w:val="004F6B51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAECFEBBBD01427AB5E6716F93A957D31">
-[...1 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E98881EFBC794F8D8CA1409E24E768EB1">
+    <w:name w:val="E98881EFBC794F8D8CA1409E24E768EB1"/>
+    <w:rsid w:val="004F6B51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6847F714BBA34701898816DA901128C51">
-[...1 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="807AFF51735A4741B2855E941F3F86571">
+    <w:name w:val="807AFF51735A4741B2855E941F3F86571"/>
+    <w:rsid w:val="004F6B51"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3478AF3492F4486DA96B6D7D677F9F6C1">
+    <w:name w:val="3478AF3492F4486DA96B6D7D677F9F6C1"/>
+    <w:rsid w:val="004F6B51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33A929C592E74EC7A62135AE03CEA90A1">
-[...1 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAECFEBBBD01427AB5E6716F93A957D3">
+    <w:name w:val="AAECFEBBBD01427AB5E6716F93A957D3"/>
+    <w:rsid w:val="004F6B51"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6521D1B9FB8E49A0868C3355262A8047">
+    <w:name w:val="6521D1B9FB8E49A0868C3355262A8047"/>
+    <w:rsid w:val="004F6B51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42CABD23424A45CB9657C5259669E4821">
-[...1 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6847F714BBA34701898816DA901128C5">
+    <w:name w:val="6847F714BBA34701898816DA901128C5"/>
+    <w:rsid w:val="004F6B51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C531F36C229C4F9AA7F773CAC92C50A51">
-[...1 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33A929C592E74EC7A62135AE03CEA90A">
+    <w:name w:val="33A929C592E74EC7A62135AE03CEA90A"/>
+    <w:rsid w:val="004F6B51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="189E45AEBDDF469DBA56463476BBE9961">
-[...1 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42CABD23424A45CB9657C5259669E482">
+    <w:name w:val="42CABD23424A45CB9657C5259669E482"/>
+    <w:rsid w:val="004F6B51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E98881EFBC794F8D8CA1409E24E768EB">
-[...1 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C531F36C229C4F9AA7F773CAC92C50A5">
+    <w:name w:val="C531F36C229C4F9AA7F773CAC92C50A5"/>
+    <w:rsid w:val="004F6B51"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="807AFF51735A4741B2855E941F3F8657">
-[...13 lines deleted...]
-    <w:rsid w:val="005F6C42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="189E45AEBDDF469DBA56463476BBE996">
+    <w:name w:val="189E45AEBDDF469DBA56463476BBE996"/>
+    <w:rsid w:val="004F6B51"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -16086,69 +11742,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC93C1E-91FD-4D96-8184-3C461011AC0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>957</Words>
-  <Characters>5498</Characters>
+  <Words>928</Words>
+  <Characters>5345</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>219</Lines>
-  <Paragraphs>150</Paragraphs>
+  <Lines>203</Lines>
+  <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6305</CharactersWithSpaces>
+  <CharactersWithSpaces>6500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</dc:title>
   <dc:subject/>
   <dc:creator>Tripp, Trisha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>