--- v0 (2026-01-25)
+++ v1 (2026-02-14)
@@ -193,51 +193,51 @@
               <w:t xml:space="preserve">Provider Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Provider Name"/>
             <w:tag w:val="Provider Name"/>
             <w:id w:val="378442524"/>
             <w:placeholder>
               <w:docPart w:val="922778473E4C42F5934FC954F26B891E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3234" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="31ACE5D4" w14:textId="6AD3A9AB" w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w:rsidRDefault="00092C8A" w:rsidP="005C5651">
+              <w:p w14:paraId="31ACE5D4" w14:textId="41BA25AE" w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w:rsidRDefault="002354CA" w:rsidP="005C5651">
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w14:paraId="19FFD29F" w14:textId="77777777" w:rsidTr="00ED5E6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17FBB503" w14:textId="7EEE2170" w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w:rsidRDefault="00ED5E6B" w:rsidP="005C5651">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -4171,56 +4171,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> of section B above)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD10BA5" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00B81427">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BAFB3A4" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00B81427">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42249EFD" w14:textId="77777777" w:rsidR="00CF03C4" w:rsidRDefault="00CF03C4" w:rsidP="00B81427">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5520816C" w14:textId="21F32223" w:rsidR="003E7057" w:rsidRPr="00C82DA0" w:rsidRDefault="00DF43CF" w:rsidP="00B81427">
+    <w:p w14:paraId="5520816C" w14:textId="4C02FDF3" w:rsidR="003E7057" w:rsidRPr="00C82DA0" w:rsidRDefault="00901F6E" w:rsidP="00901F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
+        <w:t>D.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF43CF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="003E7057" w:rsidRPr="00C82DA0">
         <w:t>Operating Reserve Assets:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B11ED1E" w14:textId="77777777" w:rsidR="003E7057" w:rsidRPr="00C82DA0" w:rsidRDefault="003E7057" w:rsidP="003E7057">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="554283C9" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00215C82">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
@@ -11421,55 +11428,55 @@
     <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1370565943">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="656108603">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1465544403">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="524290248">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1159033450">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zrkn9M79G9veW1DhMbGGA4wQLeMbdlPUYRCy3qKHcd01eXZaPus1Fow2Y5miG2DAtLFo5mUxjgdw9AdsdhLgKw==" w:salt="ajdYjUp4ZOSLeQm2LzXdNA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qayoWsu+s6HBtuuaOa/i+pMuZQE4nae+nBGi4QO5gd4VQzOr+yvR6bZqbXlnu31Wzd4J61vvScAHbUVBUGXCEw==" w:salt="s8E2mIrHWb4+8oByf4qEqQ=="/>
   <w:defaultTabStop w:val="360"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="61441"/>
+    <o:shapedefaults v:ext="edit" spidmax="67585"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267ED6"/>
     <w:rsid w:val="00016B90"/>
     <w:rsid w:val="000217DB"/>
     <w:rsid w:val="00022761"/>
     <w:rsid w:val="00040407"/>
     <w:rsid w:val="0004125A"/>
     <w:rsid w:val="0008522D"/>
@@ -11477,170 +11484,176 @@
     <w:rsid w:val="00092C8A"/>
     <w:rsid w:val="00097484"/>
     <w:rsid w:val="000A6DDB"/>
     <w:rsid w:val="000C74E7"/>
     <w:rsid w:val="000E2C71"/>
     <w:rsid w:val="000F13A1"/>
     <w:rsid w:val="00103404"/>
     <w:rsid w:val="00104FBD"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="0010766F"/>
     <w:rsid w:val="0012547F"/>
     <w:rsid w:val="00137EB9"/>
     <w:rsid w:val="00143E88"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="0015448E"/>
     <w:rsid w:val="0015734C"/>
     <w:rsid w:val="00174C46"/>
     <w:rsid w:val="001800B2"/>
     <w:rsid w:val="00194A33"/>
     <w:rsid w:val="001A7E79"/>
     <w:rsid w:val="001B040C"/>
     <w:rsid w:val="001C6F04"/>
     <w:rsid w:val="001D3F8E"/>
     <w:rsid w:val="00215C82"/>
     <w:rsid w:val="002276E1"/>
+    <w:rsid w:val="002354CA"/>
     <w:rsid w:val="00241BEF"/>
     <w:rsid w:val="00243D3E"/>
     <w:rsid w:val="00246E6B"/>
     <w:rsid w:val="0024773E"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="00267ED6"/>
     <w:rsid w:val="002760FB"/>
     <w:rsid w:val="00281ED9"/>
     <w:rsid w:val="002A6DF2"/>
     <w:rsid w:val="002C4F88"/>
     <w:rsid w:val="002D180B"/>
     <w:rsid w:val="002D54EB"/>
     <w:rsid w:val="002E1271"/>
     <w:rsid w:val="002F4DD5"/>
     <w:rsid w:val="00302296"/>
     <w:rsid w:val="0030325A"/>
     <w:rsid w:val="0030458D"/>
     <w:rsid w:val="00305262"/>
     <w:rsid w:val="00313470"/>
     <w:rsid w:val="00317337"/>
     <w:rsid w:val="003252D5"/>
     <w:rsid w:val="00325B57"/>
     <w:rsid w:val="00386FEA"/>
     <w:rsid w:val="003A24A2"/>
     <w:rsid w:val="003D297C"/>
     <w:rsid w:val="003E7057"/>
     <w:rsid w:val="004138F0"/>
     <w:rsid w:val="004144E6"/>
     <w:rsid w:val="004166CC"/>
     <w:rsid w:val="004225B0"/>
     <w:rsid w:val="00424797"/>
     <w:rsid w:val="00432B48"/>
     <w:rsid w:val="0043318D"/>
     <w:rsid w:val="004363BA"/>
     <w:rsid w:val="004409BD"/>
     <w:rsid w:val="0044404C"/>
     <w:rsid w:val="004B4DDC"/>
+    <w:rsid w:val="004B70E8"/>
     <w:rsid w:val="004C0259"/>
     <w:rsid w:val="004C329B"/>
     <w:rsid w:val="004C605D"/>
     <w:rsid w:val="004E0415"/>
     <w:rsid w:val="004F066B"/>
     <w:rsid w:val="00507ED9"/>
     <w:rsid w:val="005150AA"/>
     <w:rsid w:val="0053726C"/>
     <w:rsid w:val="005577C2"/>
     <w:rsid w:val="005825C8"/>
     <w:rsid w:val="005976D0"/>
     <w:rsid w:val="005A19EE"/>
     <w:rsid w:val="005A4D8F"/>
     <w:rsid w:val="005B0306"/>
+    <w:rsid w:val="005B7747"/>
     <w:rsid w:val="005C3BFB"/>
     <w:rsid w:val="005E2B88"/>
     <w:rsid w:val="0060655A"/>
     <w:rsid w:val="00606AB7"/>
     <w:rsid w:val="006125DE"/>
     <w:rsid w:val="0063260A"/>
     <w:rsid w:val="0064613F"/>
     <w:rsid w:val="00653539"/>
     <w:rsid w:val="00663244"/>
     <w:rsid w:val="0067042A"/>
     <w:rsid w:val="00683D01"/>
     <w:rsid w:val="00684733"/>
     <w:rsid w:val="006B4003"/>
     <w:rsid w:val="006B5BE0"/>
     <w:rsid w:val="006C73A0"/>
     <w:rsid w:val="006D7725"/>
     <w:rsid w:val="006E10A8"/>
     <w:rsid w:val="00713C03"/>
     <w:rsid w:val="00737AD0"/>
     <w:rsid w:val="00757D03"/>
     <w:rsid w:val="007605FB"/>
     <w:rsid w:val="0076157C"/>
     <w:rsid w:val="007775BD"/>
     <w:rsid w:val="0078250B"/>
     <w:rsid w:val="00786E39"/>
     <w:rsid w:val="00790B02"/>
     <w:rsid w:val="007A0EDE"/>
     <w:rsid w:val="007A75DD"/>
     <w:rsid w:val="007B1A3A"/>
     <w:rsid w:val="007C28C8"/>
     <w:rsid w:val="007D0C14"/>
     <w:rsid w:val="0080169F"/>
     <w:rsid w:val="0080313C"/>
     <w:rsid w:val="00804874"/>
     <w:rsid w:val="00805307"/>
+    <w:rsid w:val="0081630D"/>
     <w:rsid w:val="00826272"/>
     <w:rsid w:val="00870261"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="0087613C"/>
     <w:rsid w:val="00887E8A"/>
     <w:rsid w:val="008B542F"/>
     <w:rsid w:val="008D7251"/>
     <w:rsid w:val="008E4A91"/>
     <w:rsid w:val="008F6BF1"/>
+    <w:rsid w:val="00901F6E"/>
     <w:rsid w:val="009107C1"/>
     <w:rsid w:val="0091515B"/>
     <w:rsid w:val="00916ED0"/>
     <w:rsid w:val="0091735D"/>
     <w:rsid w:val="00930714"/>
     <w:rsid w:val="00962EB8"/>
     <w:rsid w:val="00964465"/>
     <w:rsid w:val="00970AAF"/>
     <w:rsid w:val="009B000A"/>
     <w:rsid w:val="009D6EC2"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A15E5C"/>
     <w:rsid w:val="00A33315"/>
     <w:rsid w:val="00A41FEB"/>
     <w:rsid w:val="00A63DEF"/>
     <w:rsid w:val="00A63F9A"/>
     <w:rsid w:val="00A70A41"/>
     <w:rsid w:val="00A76C7F"/>
     <w:rsid w:val="00A84554"/>
     <w:rsid w:val="00AA299C"/>
     <w:rsid w:val="00AE09E5"/>
     <w:rsid w:val="00AF1967"/>
     <w:rsid w:val="00AF28A8"/>
     <w:rsid w:val="00B01594"/>
     <w:rsid w:val="00B059D9"/>
+    <w:rsid w:val="00B10369"/>
     <w:rsid w:val="00B22D58"/>
     <w:rsid w:val="00B24A54"/>
     <w:rsid w:val="00B3607B"/>
     <w:rsid w:val="00B368AB"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B51F67"/>
     <w:rsid w:val="00B75C87"/>
     <w:rsid w:val="00B76053"/>
     <w:rsid w:val="00B81427"/>
     <w:rsid w:val="00B93B6F"/>
     <w:rsid w:val="00BC0D17"/>
     <w:rsid w:val="00BC3D9C"/>
     <w:rsid w:val="00BD7540"/>
     <w:rsid w:val="00C02402"/>
     <w:rsid w:val="00C02CF9"/>
     <w:rsid w:val="00C47143"/>
     <w:rsid w:val="00C4785B"/>
     <w:rsid w:val="00C52F50"/>
     <w:rsid w:val="00C53ED9"/>
     <w:rsid w:val="00C565B4"/>
     <w:rsid w:val="00C62D72"/>
     <w:rsid w:val="00C762E1"/>
     <w:rsid w:val="00C82DA0"/>
     <w:rsid w:val="00C96AF6"/>
     <w:rsid w:val="00CA51E2"/>
@@ -11684,51 +11697,51 @@
     <w:rsid w:val="00FB14A9"/>
     <w:rsid w:val="00FB4496"/>
     <w:rsid w:val="00FC1D7F"/>
     <w:rsid w:val="00FE0E89"/>
     <w:rsid w:val="00FE7F53"/>
     <w:rsid w:val="00FF2A95"/>
     <w:rsid w:val="00FF6814"/>
     <w:rsid w:val="00FF787B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="61441"/>
+    <o:shapedefaults v:ext="edit" spidmax="67585"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="352971F3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A1843CB-1DE5-4628-9F2F-71DCF8530F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -14855,62 +14868,64 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00100089"/>
     <w:rsid w:val="00100089"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="001902FC"/>
     <w:rsid w:val="0024773E"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="0025344F"/>
     <w:rsid w:val="00325B57"/>
     <w:rsid w:val="003D297C"/>
     <w:rsid w:val="0043318D"/>
     <w:rsid w:val="004B4DDC"/>
     <w:rsid w:val="004C0259"/>
+    <w:rsid w:val="005B7747"/>
     <w:rsid w:val="0063260A"/>
     <w:rsid w:val="006C73A0"/>
     <w:rsid w:val="00713C03"/>
     <w:rsid w:val="007B1A3A"/>
     <w:rsid w:val="0080313C"/>
     <w:rsid w:val="008335B1"/>
     <w:rsid w:val="00862941"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="00877D69"/>
     <w:rsid w:val="008D7251"/>
     <w:rsid w:val="00970AAF"/>
     <w:rsid w:val="00A920C9"/>
+    <w:rsid w:val="00B10369"/>
     <w:rsid w:val="00B93B6F"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00DC4B80"/>
     <w:rsid w:val="00EE77C2"/>
     <w:rsid w:val="00FA3947"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -15972,69 +15987,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC93C1E-91FD-4D96-8184-3C461011AC0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1021</Words>
-  <Characters>5529</Characters>
+  <Words>1022</Words>
+  <Characters>5530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>230</Lines>
   <Paragraphs>163</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6387</CharactersWithSpaces>
+  <CharactersWithSpaces>6389</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</dc:title>
   <dc:subject/>
   <dc:creator>Tripp, Trisha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>