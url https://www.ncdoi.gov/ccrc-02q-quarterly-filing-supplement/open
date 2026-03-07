--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -102,73 +102,137 @@
       <w:r w:rsidR="00804874" w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:color w:val="002B5C"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E42F99" w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:color w:val="002B5C"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00804874" w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:color w:val="002B5C"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:color w:val="002B5C"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50468225" w14:textId="2E6C38A2" w:rsidR="006D7725" w:rsidRPr="00C82DA0" w:rsidRDefault="00ED5E6B" w:rsidP="00606AB7">
+    <w:p w14:paraId="1EA49CD1" w14:textId="2F0AF372" w:rsidR="000B2D8C" w:rsidRPr="000B2D8C" w:rsidRDefault="000B2D8C" w:rsidP="000B2D8C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="360"/>
         <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002B5C"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C82DA0">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002B5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">For the Quarter Ended </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="002B5C"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="1066838474"/>
+          <w:placeholder>
+            <w:docPart w:val="C6371EA2241C412B8F11C85969802CAA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choose an item."/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>____________</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="50468225" w14:textId="7B664CFE" w:rsidR="006D7725" w:rsidRPr="00C82DA0" w:rsidRDefault="00ED5E6B" w:rsidP="00606AB7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="360"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002B5C"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C82DA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002B5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Community Identification</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2D8C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002B5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4836" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="144" w:type="dxa"/>
           <w:left w:w="173" w:type="dxa"/>
           <w:bottom w:w="144" w:type="dxa"/>
           <w:right w:w="173" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3690"/>
         <w:gridCol w:w="6756"/>
@@ -193,51 +257,51 @@
               <w:t xml:space="preserve">Provider Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Provider Name"/>
             <w:tag w:val="Provider Name"/>
             <w:id w:val="378442524"/>
             <w:placeholder>
               <w:docPart w:val="922778473E4C42F5934FC954F26B891E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3234" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="31ACE5D4" w14:textId="41BA25AE" w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w:rsidRDefault="002354CA" w:rsidP="005C5651">
+              <w:p w14:paraId="31ACE5D4" w14:textId="6AD3A9AB" w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w:rsidRDefault="00092C8A" w:rsidP="005C5651">
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w14:paraId="19FFD29F" w14:textId="77777777" w:rsidTr="00ED5E6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17FBB503" w14:textId="7EEE2170" w:rsidR="00ED5E6B" w:rsidRPr="00C82DA0" w:rsidRDefault="00ED5E6B" w:rsidP="005C5651">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -343,476 +407,541 @@
         </w:rPr>
         <w:t xml:space="preserve">Within </w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>45 days</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the end of each fiscal quarter, the provider must submit the following materials to the Commissioner:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B49863F" w14:textId="77777777" w:rsidR="00F70EB8" w:rsidRPr="00C82DA0" w:rsidRDefault="00F70EB8" w:rsidP="00E61FAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F8B6548" w14:textId="5F8F37D4" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="1F8B6548" w14:textId="61309AD9" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Exhibit 1 – Quarterly Financial Statements</w:t>
+        <w:t xml:space="preserve">Exhibit 1 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00957BDC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Year-to-Date</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financial Statements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C82DA0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Unaudited financial statements for the provider and any obligated group of which the provider is a member. </w:t>
       </w:r>
       <w:r w:rsidR="00916ED0" w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>The format must match the categories and line items used in the annual audited financial statements submitted under G.S. 58-64A-200.</w:t>
       </w:r>
       <w:r w:rsidR="00916ED0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>These must include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B94051" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="41B94051" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Balance sheet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE53000" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="7AE53000" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Statement of operations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456F6244" w14:textId="13F0BBFC" w:rsidR="00804874" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="456F6244" w14:textId="13F0BBFC" w:rsidR="00804874" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Statement of cash flows </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D19A4B1" w14:textId="3E37C856" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00F70EB8">
+    <w:p w14:paraId="5D19A4B1" w14:textId="3769A3B4" w:rsidR="00804874" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Exhibit 2 – Occupancy Report (Form CCRC-13)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The 12-month daily average occupancy rate by living unit type for </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> continuing care retirement community operated by the provider in North Carolina.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0E36" w:rsidRPr="000E0E36">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The 12-month daily average occupancy rate by living unit type for the continuing care retirement community operated by the provider in North Carolina with the report ended date as of the quarter being reported.  If this quarterly filing includes a semi-annual</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or voluntary</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0E36" w:rsidRPr="000E0E36">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operating reserve recalculation, you must submit an additional CCRC-13 with a report date that matches the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0E36" w:rsidRPr="000E0E36">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>alculation date</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless the CCRC-13 as of the quarter end is not materially different from the CCRC-13 as of the recalculation date</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0E36" w:rsidRPr="000E0E36">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCFF9E9" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00F70EB8">
+    <w:p w14:paraId="5AA198FA" w14:textId="77777777" w:rsidR="00DC4A61" w:rsidRPr="00C82DA0" w:rsidRDefault="00DC4A61" w:rsidP="00DC4A61">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BCFF9E9" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Exhibit 3 – Explanation of Changes</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Notification of the following changes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B330CB" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="34B330CB" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Any change in the provider’s or controlling person’s:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5963AAB8" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="5963AAB8" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Board of directors or governing body</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F993FEA" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="5F993FEA" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>President</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1535E381" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="1535E381" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Chief Executive Officer (CEO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656E5D88" w14:textId="77777777" w:rsidR="00916ED0" w:rsidRDefault="00804874" w:rsidP="00916ED0">
+    <w:p w14:paraId="656E5D88" w14:textId="77777777" w:rsidR="00916ED0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Chief Financial Officer (CFO) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F658A21" w14:textId="145D96C9" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00092C8A">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The notice must include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0570EBA9" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="0570EBA9" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Name of the provider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580D5370" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="580D5370" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Name of the controlling person (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1246CD80" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="1246CD80" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Name of the outgoing and incoming individual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41466ADC" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="41466ADC" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Brief biography of the incoming individual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457E5F13" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00804874">
+    <w:p w14:paraId="457E5F13" w14:textId="77777777" w:rsidR="00804874" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Effective date of the change</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04961061" w14:textId="45FB62F5" w:rsidR="00104FBD" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00C82DA0">
+    <w:p w14:paraId="04961061" w14:textId="45FB62F5" w:rsidR="00104FBD" w:rsidRPr="00C82DA0" w:rsidRDefault="00804874" w:rsidP="00113523">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Any </w:t>
       </w:r>
       <w:r w:rsidR="00683D01">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>change</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the provider’s organizational documents, including articles of incorporation or bylaws. Copies of the revised documents must be submitted with the notification.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52ACA668" w14:textId="77777777" w:rsidR="00F70EB8" w:rsidRDefault="00F70EB8" w:rsidP="00C82DA0">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002B5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="475E765A" w14:textId="6F81692C" w:rsidR="002A6DF2" w:rsidRPr="00C82DA0" w:rsidRDefault="002A6DF2" w:rsidP="00C82DA0">
+    <w:p w14:paraId="475E765A" w14:textId="72A379C8" w:rsidR="002A6DF2" w:rsidRPr="00C82DA0" w:rsidRDefault="00555C5B" w:rsidP="00C82DA0">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002B5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C82DA0">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002B5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Annual Filing Fee &amp; Submission</w:t>
+        <w:t xml:space="preserve">Quarterly </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6DF2" w:rsidRPr="00C82DA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002B5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Submission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8508C5" w14:textId="7FF4F052" w:rsidR="00A76C7F" w:rsidRPr="00C82DA0" w:rsidRDefault="00A76C7F" w:rsidP="00A76C7F">
+    <w:p w14:paraId="5A8508C5" w14:textId="7FF4F052" w:rsidR="00A76C7F" w:rsidRPr="00C82DA0" w:rsidRDefault="00A76C7F" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:t>Email the filing:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D203CE" w14:textId="21F1B929" w:rsidR="002A6DF2" w:rsidRPr="00C82DA0" w:rsidRDefault="002A6DF2" w:rsidP="00F44659">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
       <w:r w:rsidR="00E36E72" w:rsidRPr="00C82DA0">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00804874" w:rsidRPr="00C82DA0">
         <w:t>Quarterly filing</w:t>
       </w:r>
       <w:r w:rsidR="00FF2A95" w:rsidRPr="00C82DA0">
@@ -1495,79 +1624,81 @@
     <w:p w14:paraId="2DBA7BA0" w14:textId="77777777" w:rsidR="00507ED9" w:rsidRPr="00C82DA0" w:rsidRDefault="00507ED9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0F4761"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D2A5A3B" w14:textId="0DFBFEE8" w:rsidR="00C47143" w:rsidRPr="00C82DA0" w:rsidRDefault="00243D3E" w:rsidP="00804874">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00653539" w:rsidRPr="00C82DA0">
         <w:t>upplemental information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B604BF4" w14:textId="390AA2E1" w:rsidR="00653539" w:rsidRPr="00C82DA0" w:rsidRDefault="00653539" w:rsidP="00653539">
+    <w:p w14:paraId="4D9554C0" w14:textId="4B3347F7" w:rsidR="00347A93" w:rsidRPr="00347A93" w:rsidRDefault="00653539" w:rsidP="00347A93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Required notifications per G.S. 58-64A-220 for the most recent fiscal year </w:t>
-[...11 lines deleted...]
-        <w:t>. Provide explanations for all “Yes” answers:</w:t>
+        <w:t xml:space="preserve">Required </w:t>
+      </w:r>
+      <w:r w:rsidR="00347A93" w:rsidRPr="00347A93">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>notifications per G.S. 58-64A-220 since the last quarterly report submission:</w:t>
+      </w:r>
+      <w:r w:rsidR="00347A93" w:rsidRPr="00347A93">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Provide explanations for all “Yes” responses. If the Department has already been notified, select “Yes” and include the date of notification in the Notes section.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4876" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="144" w:type="dxa"/>
           <w:left w:w="173" w:type="dxa"/>
           <w:bottom w:w="144" w:type="dxa"/>
           <w:right w:w="173" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5401"/>
@@ -1845,51 +1976,51 @@
                   <w:rPr>
                     <w:rFonts w:eastAsia="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Note2"/>
             <w:tag w:val="Note2"/>
             <w:id w:val="-1698699480"/>
             <w:placeholder>
               <w:docPart w:val="5F7F6E2890A5488A922949D985C1A726"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1709" w:type="pct"/>
               </w:tcPr>
-              <w:p w14:paraId="5C5D1552" w14:textId="3D568C46" w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w:rsidRDefault="0015448E" w:rsidP="002F0B97">
+              <w:p w14:paraId="5C5D1552" w14:textId="0A502EFB" w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w:rsidRDefault="00751FED" w:rsidP="002F0B97">
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w14:paraId="762EE42A" w14:textId="77777777" w:rsidTr="003252D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2564" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1946DCA9" w14:textId="04B06027" w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w:rsidRDefault="005E2B88" w:rsidP="000C74E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82DA0">
               <w:t>Have any entrance fee refunds become more than 30 days contractually past due?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
@@ -1938,51 +2069,51 @@
                   <w:rPr>
                     <w:rFonts w:eastAsia="MS Gothic"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Note3"/>
             <w:tag w:val="Note3"/>
             <w:id w:val="-1626914291"/>
             <w:placeholder>
               <w:docPart w:val="5F7F6E2890A5488A922949D985C1A726"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1709" w:type="pct"/>
               </w:tcPr>
-              <w:p w14:paraId="18B1C067" w14:textId="6833D91F" w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w:rsidRDefault="0015448E" w:rsidP="002F0B97">
+              <w:p w14:paraId="18B1C067" w14:textId="0FBBE424" w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w:rsidRDefault="00751FED" w:rsidP="002F0B97">
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DF52A9" w:rsidRPr="00C82DA0" w14:paraId="62082ACE" w14:textId="77777777" w:rsidTr="003252D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2564" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FF41AA9" w14:textId="4F93E600" w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w:rsidRDefault="005E2B88" w:rsidP="000C74E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00C82DA0">
               <w:t>Has the provider planned to reduce any type of living unit by 20% or more?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
@@ -2462,112 +2593,87 @@
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1709" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="422D307D" w14:textId="71F0CA38" w:rsidR="00CA51E2" w:rsidRPr="00C82DA0" w:rsidRDefault="00092C8A" w:rsidP="00CA51E2">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:pos="3802"/>
                   </w:tabs>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B98159B" w14:textId="77777777" w:rsidR="00C47143" w:rsidRPr="00C82DA0" w:rsidRDefault="00C47143" w:rsidP="00C47143">
-[...11 lines deleted...]
-    <w:p w14:paraId="6642FABF" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00305262">
+    <w:p w14:paraId="6642FABF" w14:textId="54C31D96" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="6"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="200"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Has there been any change in the provider’s or the provider’s controlling person’s:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329A5EC8" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00305262">
+    <w:p w14:paraId="329A5EC8" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Board of directors or other governing </w:t>
-[...13 lines deleted...]
-        <w:t>?</w:t>
+        <w:t>Board of directors or other governing body?</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="1090203209"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -2601,56 +2707,56 @@
           </w:rPr>
           <w:id w:val="-267008499"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00C82DA0">
             <w:rPr>
               <w:rFonts w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6732FFFC" w14:textId="3855E92A" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00305262">
+    <w:p w14:paraId="6732FFFC" w14:textId="3855E92A" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">President?   </w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
@@ -2743,56 +2849,56 @@
           </w:rPr>
           <w:id w:val="282544902"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00C82DA0">
             <w:rPr>
               <w:rFonts w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9364E1" w14:textId="74B5822D" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00305262">
+    <w:p w14:paraId="2A9364E1" w14:textId="74B5822D" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Chief executive officer?</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
@@ -2867,56 +2973,56 @@
           </w:rPr>
           <w:id w:val="-380634605"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00C82DA0">
             <w:rPr>
               <w:rFonts w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7391C8A7" w14:textId="1E08CD18" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00305262">
+    <w:p w14:paraId="7391C8A7" w14:textId="1E08CD18" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="48"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Chief financial officer?</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
@@ -3011,254 +3117,699 @@
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ACBA25C" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00305262">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>For each “Yes”, provide an exhibit with the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31206848" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00092C8A">
+    <w:p w14:paraId="31206848" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Name of the controlling person currently holding the position</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434D6939" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00092C8A">
+    <w:p w14:paraId="434D6939" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Name of the person previously holding the position</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCA8C19" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00092C8A">
+    <w:p w14:paraId="0BCA8C19" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Brief biography of the person currently holding the position</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746D4D22" w14:textId="77777777" w:rsidR="003252D5" w:rsidRPr="00C82DA0" w:rsidRDefault="003252D5" w:rsidP="00092C8A">
+    <w:p w14:paraId="691532C3" w14:textId="3540F330" w:rsidR="0080406C" w:rsidRPr="004040B6" w:rsidRDefault="003252D5" w:rsidP="004040B6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Date the position change took place.</w:t>
       </w:r>
+      <w:r w:rsidR="0080406C" w:rsidRPr="004040B6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0FDBF66B" w14:textId="508368EE" w:rsidR="00243D3E" w:rsidRPr="00C82DA0" w:rsidRDefault="00F33CB7" w:rsidP="00805307">
+    <w:p w14:paraId="63B1982C" w14:textId="05E504BC" w:rsidR="00555C5B" w:rsidRPr="000B2D8C" w:rsidRDefault="00F33CB7" w:rsidP="00555C5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:lastRenderedPageBreak/>
-        <w:t>Operating Reserve Calculation</w:t>
+        <w:t xml:space="preserve">Operating Reserve </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:t>RE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C82DA0">
+        <w:t>Calculation</w:t>
       </w:r>
       <w:r w:rsidR="003252D5" w:rsidRPr="00C82DA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003252D5" w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>only for the second quarterly report for the semi-annual measurement</w:t>
+        <w:t xml:space="preserve">for the semi-annual </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OR OTHER VOLUNTARY RECALCULATION </w:t>
+      </w:r>
+      <w:r w:rsidR="00251382" w:rsidRPr="00251382">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>rolling six-month maximum interval</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736565B6" w14:textId="63E1DCB4" w:rsidR="00FC1D7F" w:rsidRPr="00C82DA0" w:rsidRDefault="00FC1D7F" w:rsidP="00FC1D7F">
+    <w:p w14:paraId="736565B6" w14:textId="63E1DCB4" w:rsidR="00FC1D7F" w:rsidRPr="00C82DA0" w:rsidRDefault="00FC1D7F" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:t>Operating Reserve Requirement:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B70F5A" w14:textId="77777777" w:rsidR="002D180B" w:rsidRDefault="002D180B" w:rsidP="002D180B">
-[...34 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="4F5FDA4C" w14:textId="77777777" w:rsidR="0080406C" w:rsidRPr="0080406C" w:rsidRDefault="002D180B" w:rsidP="0080406C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0080406C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>After a facility opens, the provider must maintain an operating reserve that meets the requirements of  G.S. 58-64A-245.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51708" w:rsidRPr="0080406C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C313A6F" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="002D180B">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="148B9BDF" w14:textId="77777777" w:rsidR="0080406C" w:rsidRPr="0080406C" w:rsidRDefault="0080406C" w:rsidP="0080406C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0080406C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pursuant to § 58-64A-250(a), a provider must calculate and adjust its required operating reserve at intervals not to exceed six (6) calendar months.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01C61025" w14:textId="5F04BA81" w:rsidR="00F33CB7" w:rsidRDefault="003E7057" w:rsidP="00C02402">
+    <w:p w14:paraId="4AE77A26" w14:textId="77777777" w:rsidR="0080406C" w:rsidRPr="0080406C" w:rsidRDefault="0080406C" w:rsidP="0080406C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0080406C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>The six-month period shall be measured between the month-end calculation dates of successive compliant operating reserve calculations, including the calculation certified under § 58-64A-270.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9C73A9" w14:textId="0E53B16B" w:rsidR="0080406C" w:rsidRDefault="0080406C" w:rsidP="0080406C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0080406C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Each recalculation shall be performed as of a month-end date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C3D083" w14:textId="77777777" w:rsidR="00452091" w:rsidRDefault="00452091" w:rsidP="0080406C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B7A9EBA" w14:textId="66F3075B" w:rsidR="00A9278E" w:rsidRDefault="00A9278E" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Most </w:t>
+      </w:r>
+      <w:r w:rsidR="00113523">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ecent </w:t>
+      </w:r>
+      <w:r w:rsidR="00113523">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">eserve </w:t>
+      </w:r>
+      <w:r w:rsidR="00113523">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:t>alculation</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C82DA0">
-        <w:t xml:space="preserve">Semi-Annual </w:t>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4851BC61" w14:textId="2D7A5010" w:rsidR="00A9278E" w:rsidRPr="00A9278E" w:rsidRDefault="00A9278E" w:rsidP="00113523">
+      <w:r>
+        <w:t>Identify the most recent operating reserve calculation date:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1410686099"/>
+          <w:placeholder>
+            <w:docPart w:val="C9F6EB2F88234C53B60BE0C819B17B49"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>________</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4C313A6F" w14:textId="20B1602F" w:rsidR="00215C82" w:rsidRDefault="00F51708" w:rsidP="00113523">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Has </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2D8C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">operating </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reserve recalculation occurred since the last filing date?   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:id w:val="-1473212392"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          </w:rPr>
+          <w:id w:val="2008932419"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB49588" w14:textId="4FC3AD63" w:rsidR="00F51708" w:rsidRDefault="00F51708" w:rsidP="00113523">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">**If yes, the recalculated amount, occupancy </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2D8C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">report </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">period ending date, and qualifying asset </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2D8C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">valuation as of the calculation date </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>reporting are required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29445729" w14:textId="77777777" w:rsidR="00113523" w:rsidRDefault="00113523" w:rsidP="00F51708">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="684E02FB" w14:textId="77777777" w:rsidR="000D395B" w:rsidRDefault="000D395B" w:rsidP="00F51708">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65565077" w14:textId="77777777" w:rsidR="00452091" w:rsidRDefault="00452091" w:rsidP="00F51708">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="730503F4" w14:textId="6A51C2F7" w:rsidR="000D395B" w:rsidRPr="007708AC" w:rsidRDefault="000D395B" w:rsidP="00452091">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007708AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidR="00710BCD" w:rsidRPr="007708AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete Sections C, D, and E only if you have performed </w:t>
+      </w:r>
+      <w:r w:rsidR="008C24CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="00710BCD" w:rsidRPr="007708AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operating reserve calculation since your last quarterly CCRC-02Q filing; otherwise, leave these sections blank</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007708AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.**</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD1A7AC" w14:textId="04C54FD0" w:rsidR="000B2D8C" w:rsidRDefault="003E7057" w:rsidP="00DD7C7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C82DA0">
+        <w:t>Semi-Annual</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:t xml:space="preserve"> or Other Voluntary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C82DA0">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33CB7" w:rsidRPr="00C82DA0">
-        <w:t>Operating Reserve Calculation:</w:t>
+        <w:t xml:space="preserve">Operating Reserve </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:t>Rec</w:t>
+      </w:r>
+      <w:r w:rsidR="00F33CB7" w:rsidRPr="00C82DA0">
+        <w:t>alculation:</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="75D0EBE6" w14:textId="79C3B353" w:rsidR="008C24CC" w:rsidRDefault="00452091" w:rsidP="00DD7C7B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8317"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Choose the type of calculation:  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="660504489"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> semi-annual  OR </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="48424832"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> voluntary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9DDB63" w14:textId="52714AEE" w:rsidR="00452091" w:rsidRDefault="00452091" w:rsidP="00452091">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8317"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Enter the calculation date:  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="269752207"/>
+          <w:placeholder>
+            <w:docPart w:val="D85327A4FF3E43D98D29CEFC3FB58970"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:date>
+            <w:dateFormat w:val="M/d/yyyy"/>
+            <w:lid w:val="en-US"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>________</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="595D7F1A" w14:textId="77777777" w:rsidR="00452091" w:rsidRPr="008C24CC" w:rsidRDefault="00452091" w:rsidP="008C24CC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7645"/>
         <w:gridCol w:w="3145"/>
       </w:tblGrid>
       <w:tr w:rsidR="00313470" w14:paraId="39E72495" w14:textId="77777777" w:rsidTr="0004125A">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABFA587" w14:textId="6502CD45" w:rsidR="00313470" w:rsidRDefault="00313470" w:rsidP="00313470">
+          <w:p w14:paraId="5ABFA587" w14:textId="6502CD45" w:rsidR="00313470" w:rsidRDefault="00313470" w:rsidP="00113523">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="50"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009D13D5">
               <w:t xml:space="preserve">Total operating </w:t>
             </w:r>
             <w:r w:rsidR="00215C82">
               <w:t xml:space="preserve">costs </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">as reported </w:t>
             </w:r>
             <w:r w:rsidR="00215C82">
               <w:t>on line 7 of Part 3, Section B. of</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> prior CCRC-02 annual supplement filing</w:t>
             </w:r>
             <w:r w:rsidRPr="009D13D5">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
@@ -3289,61 +3840,67 @@
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00313470" w14:paraId="5E8C70CC" w14:textId="77777777" w:rsidTr="0004125A">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7373317B" w14:textId="550CA7DD" w:rsidR="00313470" w:rsidRDefault="00313470" w:rsidP="00313470">
+          <w:p w14:paraId="7373317B" w14:textId="294CEA0D" w:rsidR="00313470" w:rsidRDefault="00313470" w:rsidP="00113523">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="50"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Times- Semi-Annual Occupancy Factor</w:t>
+              <w:t>Times- Semi-Annual</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC4A61">
+              <w:t xml:space="preserve"> or Other</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Occupancy Factor</w:t>
             </w:r>
             <w:r w:rsidR="00215C82" w:rsidRPr="009D13D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-518474566"/>
             <w:placeholder>
               <w:docPart w:val="529BF4F8C8B24D699796A6A1E8A3FD4D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3145" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
@@ -3357,178 +3914,190 @@
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:t>________</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00313470" w14:paraId="44F28639" w14:textId="77777777" w:rsidTr="0004125A">
         <w:trPr>
           <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD01893" w14:textId="1BE63DDE" w:rsidR="00313470" w:rsidRDefault="00313470" w:rsidP="00313470">
+          <w:p w14:paraId="4CD01893" w14:textId="1BE63DDE" w:rsidR="00313470" w:rsidRDefault="00313470" w:rsidP="00113523">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="50"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Equals- Operating Reserve Requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00C94897" w14:textId="239AAB65" w:rsidR="00313470" w:rsidRDefault="0004125A" w:rsidP="00B24A54">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="376133224"/>
                 <w:placeholder>
                   <w:docPart w:val="2CC05548173048EDAE20864AB177B426"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E12B16">
                   <w:t>________</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DAD4816" w14:textId="1BB33555" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="43C00B53" w14:textId="77777777" w:rsidR="00452091" w:rsidRDefault="00452091" w:rsidP="00215C82">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E574367" w14:textId="77777777" w:rsidR="00CF03C4" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="5E574367" w14:textId="5F546553" w:rsidR="00CF03C4" w:rsidRDefault="00215C82" w:rsidP="00215C82">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D13D5">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Occupancy Factor calculation determined in C. </w:t>
+        <w:t xml:space="preserve">Occupancy Factor calculation determined in </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2D8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>D.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC55E26" w14:textId="11F425B5" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00CF03C4">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Occupancy Factor is defined as the operating reserve requirements as a percentage of the total operating costs of the continuing care retirement community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45BAF227" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00215C82">
-      <w:pPr>
+    <w:p w14:paraId="0587FAAA" w14:textId="77777777" w:rsidR="00113523" w:rsidRDefault="00113523" w:rsidP="00CF03C4">
+      <w:pPr>
+        <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77F7A57E" w14:textId="77777777" w:rsidR="00313470" w:rsidRDefault="00313470" w:rsidP="00313470">
+    <w:p w14:paraId="5E067626" w14:textId="77777777" w:rsidR="00113523" w:rsidRDefault="00113523" w:rsidP="00CF03C4">
+      <w:pPr>
+        <w:ind w:left="90"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DCC1E83" w14:textId="1ECF4F59" w:rsidR="00B81427" w:rsidRPr="00740F54" w:rsidRDefault="00C762E1" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
-[...9 lines deleted...]
-          <w:numId w:val="36"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Semi-Annual </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Semi-Annual</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:t xml:space="preserve"> or Other</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B81427" w:rsidRPr="00DF52A9">
         <w:t>Occupancy Factor:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ABB6326" w14:textId="4941B84E" w:rsidR="00B81427" w:rsidRDefault="00B81427" w:rsidP="00B81427">
+    <w:p w14:paraId="7ABB6326" w14:textId="2F734C6C" w:rsidR="00B81427" w:rsidRDefault="00B81427" w:rsidP="00B81427">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">12-month daily average </w:t>
       </w:r>
       <w:r w:rsidR="00215C82">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ndependent </w:t>
       </w:r>
       <w:r w:rsidR="00215C82">
         <w:rPr>
@@ -3544,102 +4113,102 @@
       </w:r>
       <w:r w:rsidR="00215C82">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ccupancy </w:t>
       </w:r>
       <w:r w:rsidR="00215C82">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ate at </w:t>
       </w:r>
-      <w:r w:rsidR="00E1487F">
-[...3 lines deleted...]
-        <w:t>quarter</w:t>
+      <w:r w:rsidR="00A9278E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>calculation date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>-end:</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00432B48">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-1190216390"/>
           <w:placeholder>
             <w:docPart w:val="E585E29EDF3044F58E64BB687CC74A7C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E12B16">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>________</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="52E43732" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="002E6116" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="52E43732" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="002E6116" w:rsidRDefault="00215C82" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>If 90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidRPr="002E6116">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>% or above</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3662,56 +4231,56 @@
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless reduction factors below apply:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18264D50" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="18264D50" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Is the initial Occupancy Rate 93.00% or above?   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-1340068389"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -3736,56 +4305,56 @@
           </w:rPr>
           <w:id w:val="1655951154"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1070A8DE" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="1070A8DE" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you have no long-term debt or a debt service coverage ratio in excess of 2 as of the most recent fiscal year-end?   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-2084287933"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -3886,203 +4455,209 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF0D336" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="3AF0D336" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If 86% to 89.9%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>31.25%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E38978" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="43E38978" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If 83% to 85.9%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>37.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1DAC0B" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="0B1DAC0B" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If 80% to 82.9%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>43.75%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C5DE79C" w14:textId="17F243EC" w:rsidR="00215C82" w:rsidRPr="002E6116" w:rsidRDefault="00215C82" w:rsidP="00215C82">
+    <w:p w14:paraId="0C5DE79C" w14:textId="17F243EC" w:rsidR="00215C82" w:rsidRPr="002E6116" w:rsidRDefault="00215C82" w:rsidP="00113523">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">If below 80%, then your Occupancy Factor is </w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidRPr="001040F4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E13675" w14:textId="18ADF71F" w:rsidR="00B81427" w:rsidRDefault="00B81427" w:rsidP="00B81427">
+    <w:p w14:paraId="73E13675" w14:textId="658A6D4E" w:rsidR="00B81427" w:rsidRDefault="00B81427" w:rsidP="00B81427">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E1487F">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Semi-Annual </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4A61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or Other </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Occupancy Factor:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B24A54">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="0004125A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
@@ -4150,98 +4725,70 @@
       <w:r w:rsidRPr="002A113E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002A113E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of section B above)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD10BA5" w14:textId="77777777" w:rsidR="00215C82" w:rsidRDefault="00215C82" w:rsidP="00B81427">
-[...20 lines deleted...]
-    <w:p w14:paraId="5520816C" w14:textId="4C02FDF3" w:rsidR="003E7057" w:rsidRPr="00C82DA0" w:rsidRDefault="00901F6E" w:rsidP="00901F6E">
+    <w:p w14:paraId="5520816C" w14:textId="21C73D03" w:rsidR="003E7057" w:rsidRPr="00C82DA0" w:rsidRDefault="00555C5B" w:rsidP="00901F6E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>D.</w:t>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00901F6E">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DF43CF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="003E7057" w:rsidRPr="00C82DA0">
         <w:t>Operating Reserve Assets:</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="554283C9" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00215C82">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF52A9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Identify the qualifying assets currently serving as the operating reserve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> as defined by </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84554">
         <w:t>G.S. 58-64A-2</w:t>
       </w:r>
       <w:r>
         <w:t>55</w:t>
       </w:r>
@@ -4353,56 +4900,56 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00215C82" w:rsidRPr="00DF52A9" w14:paraId="5500A0C1" w14:textId="77777777" w:rsidTr="00F425B9">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Description1"/>
             <w:tag w:val="Description1"/>
             <w:id w:val="1897936943"/>
             <w:placeholder>
               <w:docPart w:val="FA0C8EC946964A6781686912220BB72D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4CA5B4AB" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00F425B9">
+              <w:p w14:paraId="4CA5B4AB" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00113523">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="34"/>
+                    <w:numId w:val="5"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Institution1"/>
             <w:tag w:val="Institution1"/>
             <w:id w:val="631674618"/>
             <w:placeholder>
               <w:docPart w:val="0BF5ABBB07FF42D492A911728CFF6107"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4445,56 +4992,56 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00215C82" w:rsidRPr="00DF52A9" w14:paraId="1C67C786" w14:textId="77777777" w:rsidTr="00F425B9">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Description2"/>
             <w:tag w:val="Description2"/>
             <w:id w:val="-1476137624"/>
             <w:placeholder>
               <w:docPart w:val="DB7D2E6FEF8A4EFFA977536514B6E1F9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1423DF5D" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00F425B9">
+              <w:p w14:paraId="1423DF5D" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00113523">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="34"/>
+                    <w:numId w:val="5"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Institution2"/>
             <w:tag w:val="Institution2"/>
             <w:id w:val="1724333328"/>
             <w:placeholder>
               <w:docPart w:val="2D32F0047A3D4BD8991069F9190DE521"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4534,56 +5081,56 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00215C82" w:rsidRPr="00DF52A9" w14:paraId="5574E530" w14:textId="77777777" w:rsidTr="00F425B9">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Description3"/>
             <w:tag w:val="Description3"/>
             <w:id w:val="469410662"/>
             <w:placeholder>
               <w:docPart w:val="A730A8D687CC463C82C8950CB35D0F72"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="545E2E6E" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00F425B9">
+              <w:p w14:paraId="545E2E6E" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00113523">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="34"/>
+                    <w:numId w:val="5"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="Institution3"/>
             <w:tag w:val="Institution3"/>
             <w:id w:val="2073458187"/>
             <w:placeholder>
               <w:docPart w:val="FC5F47CE09984F808A1F7102EE356D12"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4766,56 +5313,56 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00215C82" w:rsidRPr="00DF52A9" w14:paraId="4D04E17F" w14:textId="77777777" w:rsidTr="00F425B9">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFunding1"/>
             <w:tag w:val="AlternativeFunding1"/>
             <w:id w:val="-1042052258"/>
             <w:placeholder>
               <w:docPart w:val="AF39E3BD67304424B40B1A3A53D4B23B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2ABC3723" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00F425B9">
+              <w:p w14:paraId="2ABC3723" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00113523">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="35"/>
+                    <w:numId w:val="6"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFundingInstitution1"/>
             <w:tag w:val="AlternativeFundingInstitution1"/>
             <w:id w:val="-392970658"/>
             <w:placeholder>
               <w:docPart w:val="A62B241BF1FD42EEBA7B937BDC387841"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4861,56 +5408,56 @@
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00215C82" w:rsidRPr="00DF52A9" w14:paraId="1C5AEC33" w14:textId="77777777" w:rsidTr="00F425B9">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFunding2"/>
             <w:tag w:val="AlternativeFunding2"/>
             <w:id w:val="295801885"/>
             <w:placeholder>
               <w:docPart w:val="E8D24EF508A141929EB61891DE0A0394"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4F4BACE9" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00F425B9">
+              <w:p w14:paraId="4F4BACE9" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00113523">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="35"/>
+                    <w:numId w:val="6"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFundingInstitution2"/>
             <w:tag w:val="AlternativeFundingInstitution2"/>
             <w:id w:val="2040460727"/>
             <w:placeholder>
               <w:docPart w:val="3EB4058D769742E39E9B2765E5BA0CB5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4957,56 +5504,56 @@
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00215C82" w:rsidRPr="00DF52A9" w14:paraId="419701B0" w14:textId="77777777" w:rsidTr="00F425B9">
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFunding3"/>
             <w:tag w:val="AlternativeFunding3"/>
             <w:id w:val="1038241154"/>
             <w:placeholder>
               <w:docPart w:val="6315FF2956B544BE8CA529961E195802"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1780" w:type="pct"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B7B7B7"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6724296E" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00F425B9">
+              <w:p w14:paraId="6724296E" w14:textId="77777777" w:rsidR="00215C82" w:rsidRPr="00DF52A9" w:rsidRDefault="00215C82" w:rsidP="00113523">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:numPr>
                     <w:ilvl w:val="0"/>
-                    <w:numId w:val="35"/>
+                    <w:numId w:val="6"/>
                   </w:numPr>
                   <w:ind w:left="7" w:hanging="7"/>
                 </w:pPr>
                 <w:r>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="AlternativeFundingInstitution3"/>
             <w:tag w:val="AlternativeFundingInstitution3"/>
             <w:id w:val="-1122145664"/>
             <w:placeholder>
               <w:docPart w:val="4308A4B1A8DA4697A9A5AD36BFDC2462"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -5090,51 +5637,51 @@
         <w:t>, and that to the best of my knowledge and belief, the items submitted are true, correct, and complete, in accordance with G.S. 58-64A-</w:t>
       </w:r>
       <w:r w:rsidR="00C4785B" w:rsidRPr="00C82DA0">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="000F13A1" w:rsidRPr="00C82DA0">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755E95D8" w14:textId="77777777" w:rsidR="006E10A8" w:rsidRPr="00C82DA0" w:rsidRDefault="006E10A8" w:rsidP="006E10A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>I am a duly authorized officer, principal, general partner, or trustee of the Provider, and I am authorized to execute this filing on behalf of the Provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155FB006" w14:textId="77777777" w:rsidR="006E10A8" w:rsidRPr="00C82DA0" w:rsidRDefault="006E10A8" w:rsidP="006E10A8">
+    <w:p w14:paraId="155FB006" w14:textId="20DF7F4A" w:rsidR="006E10A8" w:rsidRPr="00C82DA0" w:rsidRDefault="006E10A8" w:rsidP="006E10A8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="840" w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82DA0">
         <w:t>Signature: __________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DA0">
         <w:tab/>
         <w:t xml:space="preserve">   Date:  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="SignatureDate"/>
           <w:tag w:val="SignatureDate"/>
           <w:id w:val="-1926568810"/>
           <w:placeholder>
             <w:docPart w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -5298,138 +5845,150 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A7D71F3" w14:textId="6E84733A" w:rsidR="0067042A" w:rsidRDefault="0067042A">
+  <w:p w14:paraId="6A7D71F3" w14:textId="2C2F3EAE" w:rsidR="0067042A" w:rsidRDefault="0067042A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>CCRC-</w:t>
     </w:r>
     <w:r w:rsidR="005C3BFB">
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="002A6DF2">
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="006125DE">
       <w:t>Q</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> (12/25)</w:t>
+      <w:t xml:space="preserve"> (2/2</w:t>
+    </w:r>
+    <w:r w:rsidR="000B2D8C">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67107EB7" w14:textId="77777777" w:rsidR="005C3BFB" w:rsidRDefault="005C3BFB" w:rsidP="005C3BFB">
+  <w:p w14:paraId="67107EB7" w14:textId="6F92A559" w:rsidR="005C3BFB" w:rsidRDefault="005C3BFB" w:rsidP="005C3BFB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
-      <w:t>CCRC-02Q (12/25)</w:t>
+      <w:t>CCRC-02Q (2/2</w:t>
+    </w:r>
+    <w:r w:rsidR="000B2D8C">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0D2B9620" w14:textId="5F3A9FC7" w:rsidR="0078250B" w:rsidRPr="005C3BFB" w:rsidRDefault="0078250B" w:rsidP="005C3BFB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30ED3FDA" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="51C4E4DD" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -5496,86 +6055,1016 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00137EB9">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06A933F6"/>
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7902A654"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="070B4ECB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4D0ADDAA"/>
+    <w:tmpl w:val="643E2D74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B9F7D1D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1382213F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="706E8A06"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15DA77A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C4EE893E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FA76E3E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40791C5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2714A43E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AD05E7C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="005E6A64"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="517D606F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7005B7E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63462DD6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34C6219E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72782D76"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7040A8AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
@@ -5644,5198 +7133,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...1061 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1EED1FF9"/>
-[...4082 lines deleted...]
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DBD019B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86BC4CEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="Part %2: "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10919,829 +7261,412 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
-[...349 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1460605296">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="283081751">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1028138575">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="3" w16cid:durableId="137502996">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1423405848">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="4" w16cid:durableId="2004160739">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="501625719">
-    <w:abstractNumId w:val="47"/>
+  <w:num w:numId="5" w16cid:durableId="815536050">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1359892229">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="6" w16cid:durableId="29571280">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="683282760">
+  <w:num w:numId="7" w16cid:durableId="720861429">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="656108603">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1465544403">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="524290248">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2037778341">
-[...47 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="500437039">
+  <w:num w:numId="11" w16cid:durableId="1159033450">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1117603710">
-[...47 lines deleted...]
-  <w:num w:numId="41" w16cid:durableId="724598003">
+  <w:num w:numId="12" w16cid:durableId="386225211">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1555849606">
-[...26 lines deleted...]
-  <w:numIdMacAtCleanup w:val="16"/>
+  <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qayoWsu+s6HBtuuaOa/i+pMuZQE4nae+nBGi4QO5gd4VQzOr+yvR6bZqbXlnu31Wzd4J61vvScAHbUVBUGXCEw==" w:salt="s8E2mIrHWb4+8oByf4qEqQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JLOHIqeQt9v+fFTVboyQNIxyOqL/QrTM7WXdVGlskNrXAtD5pCQ3Mrm5hc2Oa7MIeK9dFSGRwFmt8OqvkiEDvQ==" w:salt="smgHIEF9iG9Hi2jGZHrOgg=="/>
   <w:defaultTabStop w:val="360"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="67585"/>
+    <o:shapedefaults v:ext="edit" spidmax="102401"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267ED6"/>
+    <w:rsid w:val="00005DFF"/>
     <w:rsid w:val="00016B90"/>
     <w:rsid w:val="000217DB"/>
     <w:rsid w:val="00022761"/>
     <w:rsid w:val="00040407"/>
     <w:rsid w:val="0004125A"/>
     <w:rsid w:val="0008522D"/>
     <w:rsid w:val="00087E1D"/>
     <w:rsid w:val="00092C8A"/>
     <w:rsid w:val="00097484"/>
     <w:rsid w:val="000A6DDB"/>
+    <w:rsid w:val="000B2D8C"/>
     <w:rsid w:val="000C74E7"/>
+    <w:rsid w:val="000D395B"/>
+    <w:rsid w:val="000E0E36"/>
     <w:rsid w:val="000E2C71"/>
     <w:rsid w:val="000F13A1"/>
     <w:rsid w:val="00103404"/>
     <w:rsid w:val="00104FBD"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="0010766F"/>
+    <w:rsid w:val="00113523"/>
     <w:rsid w:val="0012547F"/>
     <w:rsid w:val="00137EB9"/>
     <w:rsid w:val="00143E88"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="0015448E"/>
     <w:rsid w:val="0015734C"/>
+    <w:rsid w:val="00173120"/>
     <w:rsid w:val="00174C46"/>
     <w:rsid w:val="001800B2"/>
     <w:rsid w:val="00194A33"/>
     <w:rsid w:val="001A7E79"/>
     <w:rsid w:val="001B040C"/>
     <w:rsid w:val="001C6F04"/>
     <w:rsid w:val="001D3F8E"/>
+    <w:rsid w:val="001F5F4F"/>
     <w:rsid w:val="00215C82"/>
+    <w:rsid w:val="00222369"/>
     <w:rsid w:val="002276E1"/>
-    <w:rsid w:val="002354CA"/>
     <w:rsid w:val="00241BEF"/>
     <w:rsid w:val="00243D3E"/>
     <w:rsid w:val="00246E6B"/>
     <w:rsid w:val="0024773E"/>
+    <w:rsid w:val="00251382"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="00267ED6"/>
     <w:rsid w:val="002760FB"/>
     <w:rsid w:val="00281ED9"/>
     <w:rsid w:val="002A6DF2"/>
     <w:rsid w:val="002C4F88"/>
+    <w:rsid w:val="002D130E"/>
     <w:rsid w:val="002D180B"/>
     <w:rsid w:val="002D54EB"/>
     <w:rsid w:val="002E1271"/>
     <w:rsid w:val="002F4DD5"/>
     <w:rsid w:val="00302296"/>
     <w:rsid w:val="0030325A"/>
     <w:rsid w:val="0030458D"/>
     <w:rsid w:val="00305262"/>
     <w:rsid w:val="00313470"/>
     <w:rsid w:val="00317337"/>
     <w:rsid w:val="003252D5"/>
     <w:rsid w:val="00325B57"/>
+    <w:rsid w:val="00334A20"/>
+    <w:rsid w:val="00344320"/>
+    <w:rsid w:val="00347A93"/>
     <w:rsid w:val="00386FEA"/>
     <w:rsid w:val="003A24A2"/>
     <w:rsid w:val="003D297C"/>
+    <w:rsid w:val="003D37A4"/>
     <w:rsid w:val="003E7057"/>
+    <w:rsid w:val="004040B6"/>
     <w:rsid w:val="004138F0"/>
     <w:rsid w:val="004144E6"/>
     <w:rsid w:val="004166CC"/>
     <w:rsid w:val="004225B0"/>
     <w:rsid w:val="00424797"/>
+    <w:rsid w:val="004308C2"/>
     <w:rsid w:val="00432B48"/>
     <w:rsid w:val="0043318D"/>
     <w:rsid w:val="004363BA"/>
     <w:rsid w:val="004409BD"/>
     <w:rsid w:val="0044404C"/>
+    <w:rsid w:val="00452091"/>
+    <w:rsid w:val="004743F5"/>
     <w:rsid w:val="004B4DDC"/>
-    <w:rsid w:val="004B70E8"/>
     <w:rsid w:val="004C0259"/>
     <w:rsid w:val="004C329B"/>
     <w:rsid w:val="004C605D"/>
     <w:rsid w:val="004E0415"/>
+    <w:rsid w:val="004E4C66"/>
     <w:rsid w:val="004F066B"/>
     <w:rsid w:val="00507ED9"/>
     <w:rsid w:val="005150AA"/>
+    <w:rsid w:val="00536C1C"/>
     <w:rsid w:val="0053726C"/>
+    <w:rsid w:val="00540A32"/>
+    <w:rsid w:val="00555C5B"/>
     <w:rsid w:val="005577C2"/>
+    <w:rsid w:val="00563A14"/>
     <w:rsid w:val="005825C8"/>
     <w:rsid w:val="005976D0"/>
     <w:rsid w:val="005A19EE"/>
     <w:rsid w:val="005A4D8F"/>
     <w:rsid w:val="005B0306"/>
-    <w:rsid w:val="005B7747"/>
     <w:rsid w:val="005C3BFB"/>
     <w:rsid w:val="005E2B88"/>
     <w:rsid w:val="0060655A"/>
     <w:rsid w:val="00606AB7"/>
     <w:rsid w:val="006125DE"/>
     <w:rsid w:val="0063260A"/>
     <w:rsid w:val="0064613F"/>
     <w:rsid w:val="00653539"/>
     <w:rsid w:val="00663244"/>
     <w:rsid w:val="0067042A"/>
     <w:rsid w:val="00683D01"/>
     <w:rsid w:val="00684733"/>
     <w:rsid w:val="006B4003"/>
     <w:rsid w:val="006B5BE0"/>
+    <w:rsid w:val="006B6144"/>
+    <w:rsid w:val="006C1AC9"/>
     <w:rsid w:val="006C73A0"/>
     <w:rsid w:val="006D7725"/>
     <w:rsid w:val="006E10A8"/>
+    <w:rsid w:val="00710BCD"/>
     <w:rsid w:val="00713C03"/>
     <w:rsid w:val="00737AD0"/>
+    <w:rsid w:val="00751FED"/>
     <w:rsid w:val="00757D03"/>
     <w:rsid w:val="007605FB"/>
     <w:rsid w:val="0076157C"/>
+    <w:rsid w:val="007708AC"/>
+    <w:rsid w:val="007711F4"/>
     <w:rsid w:val="007775BD"/>
     <w:rsid w:val="0078250B"/>
     <w:rsid w:val="00786E39"/>
     <w:rsid w:val="00790B02"/>
     <w:rsid w:val="007A0EDE"/>
     <w:rsid w:val="007A75DD"/>
     <w:rsid w:val="007B1A3A"/>
     <w:rsid w:val="007C28C8"/>
+    <w:rsid w:val="007C3235"/>
     <w:rsid w:val="007D0C14"/>
+    <w:rsid w:val="007D4FCB"/>
+    <w:rsid w:val="007F75F2"/>
     <w:rsid w:val="0080169F"/>
     <w:rsid w:val="0080313C"/>
+    <w:rsid w:val="0080406C"/>
     <w:rsid w:val="00804874"/>
     <w:rsid w:val="00805307"/>
     <w:rsid w:val="0081630D"/>
     <w:rsid w:val="00826272"/>
+    <w:rsid w:val="00862F06"/>
     <w:rsid w:val="00870261"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="0087613C"/>
     <w:rsid w:val="00887E8A"/>
     <w:rsid w:val="008B542F"/>
+    <w:rsid w:val="008C24CC"/>
     <w:rsid w:val="008D7251"/>
     <w:rsid w:val="008E4A91"/>
     <w:rsid w:val="008F6BF1"/>
     <w:rsid w:val="00901F6E"/>
     <w:rsid w:val="009107C1"/>
     <w:rsid w:val="0091515B"/>
     <w:rsid w:val="00916ED0"/>
     <w:rsid w:val="0091735D"/>
     <w:rsid w:val="00930714"/>
+    <w:rsid w:val="00957BDC"/>
     <w:rsid w:val="00962EB8"/>
     <w:rsid w:val="00964465"/>
     <w:rsid w:val="00970AAF"/>
     <w:rsid w:val="009B000A"/>
     <w:rsid w:val="009D6EC2"/>
     <w:rsid w:val="009F7714"/>
+    <w:rsid w:val="00A12FEB"/>
     <w:rsid w:val="00A15E5C"/>
     <w:rsid w:val="00A33315"/>
     <w:rsid w:val="00A41FEB"/>
     <w:rsid w:val="00A63DEF"/>
     <w:rsid w:val="00A63F9A"/>
     <w:rsid w:val="00A70A41"/>
     <w:rsid w:val="00A76C7F"/>
     <w:rsid w:val="00A84554"/>
+    <w:rsid w:val="00A9278E"/>
     <w:rsid w:val="00AA299C"/>
     <w:rsid w:val="00AE09E5"/>
     <w:rsid w:val="00AF1967"/>
     <w:rsid w:val="00AF28A8"/>
+    <w:rsid w:val="00AF364D"/>
     <w:rsid w:val="00B01594"/>
     <w:rsid w:val="00B059D9"/>
     <w:rsid w:val="00B10369"/>
+    <w:rsid w:val="00B119A5"/>
     <w:rsid w:val="00B22D58"/>
     <w:rsid w:val="00B24A54"/>
+    <w:rsid w:val="00B273D6"/>
     <w:rsid w:val="00B3607B"/>
     <w:rsid w:val="00B368AB"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B51F67"/>
     <w:rsid w:val="00B75C87"/>
     <w:rsid w:val="00B76053"/>
     <w:rsid w:val="00B81427"/>
     <w:rsid w:val="00B93B6F"/>
     <w:rsid w:val="00BC0D17"/>
     <w:rsid w:val="00BC3D9C"/>
     <w:rsid w:val="00BD7540"/>
     <w:rsid w:val="00C02402"/>
     <w:rsid w:val="00C02CF9"/>
     <w:rsid w:val="00C47143"/>
     <w:rsid w:val="00C4785B"/>
     <w:rsid w:val="00C52F50"/>
     <w:rsid w:val="00C53ED9"/>
     <w:rsid w:val="00C565B4"/>
     <w:rsid w:val="00C62D72"/>
     <w:rsid w:val="00C762E1"/>
     <w:rsid w:val="00C82DA0"/>
     <w:rsid w:val="00C96AF6"/>
     <w:rsid w:val="00CA51E2"/>
     <w:rsid w:val="00CB602D"/>
     <w:rsid w:val="00CF03C4"/>
     <w:rsid w:val="00CF497A"/>
+    <w:rsid w:val="00D13E01"/>
     <w:rsid w:val="00D7443D"/>
+    <w:rsid w:val="00D8409F"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00DC2EC9"/>
+    <w:rsid w:val="00DC4A61"/>
     <w:rsid w:val="00DD2E73"/>
+    <w:rsid w:val="00DD7C7B"/>
     <w:rsid w:val="00DE7E64"/>
     <w:rsid w:val="00DF43CF"/>
     <w:rsid w:val="00DF52A9"/>
     <w:rsid w:val="00E05DD6"/>
     <w:rsid w:val="00E1008D"/>
     <w:rsid w:val="00E10271"/>
+    <w:rsid w:val="00E10FF0"/>
     <w:rsid w:val="00E12B16"/>
     <w:rsid w:val="00E1487F"/>
     <w:rsid w:val="00E30245"/>
     <w:rsid w:val="00E36E72"/>
     <w:rsid w:val="00E42F99"/>
+    <w:rsid w:val="00E43E08"/>
     <w:rsid w:val="00E61FAE"/>
     <w:rsid w:val="00E64C1B"/>
     <w:rsid w:val="00E660B1"/>
     <w:rsid w:val="00E71DBB"/>
     <w:rsid w:val="00E7378E"/>
+    <w:rsid w:val="00EA0D77"/>
     <w:rsid w:val="00ED047F"/>
     <w:rsid w:val="00ED5E6B"/>
     <w:rsid w:val="00EE77C2"/>
     <w:rsid w:val="00EF2E1F"/>
+    <w:rsid w:val="00F20704"/>
     <w:rsid w:val="00F21747"/>
     <w:rsid w:val="00F24BBF"/>
     <w:rsid w:val="00F2501F"/>
     <w:rsid w:val="00F31675"/>
     <w:rsid w:val="00F33CB7"/>
     <w:rsid w:val="00F4743C"/>
+    <w:rsid w:val="00F51708"/>
     <w:rsid w:val="00F70EB8"/>
     <w:rsid w:val="00F71206"/>
     <w:rsid w:val="00F72519"/>
     <w:rsid w:val="00F83AAB"/>
+    <w:rsid w:val="00FB031C"/>
     <w:rsid w:val="00FB14A9"/>
     <w:rsid w:val="00FB4496"/>
     <w:rsid w:val="00FC1D7F"/>
     <w:rsid w:val="00FE0E89"/>
     <w:rsid w:val="00FE7F53"/>
     <w:rsid w:val="00FF2A95"/>
     <w:rsid w:val="00FF6814"/>
     <w:rsid w:val="00FF787B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="67585"/>
+    <o:shapedefaults v:ext="edit" spidmax="102401"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="352971F3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A1843CB-1DE5-4628-9F2F-71DCF8530F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -12813,50 +8738,137 @@
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00016B90"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00FC1D7F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0080406C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00540A32"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00540A32"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00540A32"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00540A32"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00540A32"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="32460790">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="204413886">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -13649,1178 +9661,1265 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7FE0A72315934B88813435DB538A765D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{078C1D1D-100A-4649-B0A2-DDAFB88040F6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="7FE0A72315934B88813435DB538A765D1"/>
+            <w:pStyle w:val="7FE0A72315934B88813435DB538A765D"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3986CE0821AE4D8CBBF0029185988F42"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{864AC4E6-64E2-4AAE-BC47-622E2C150171}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="3986CE0821AE4D8CBBF0029185988F421"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="24EB927CC0514FBF9B571F03FC9262D8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{395F000A-8504-40B3-B7E4-E5D6021B9C77}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="24EB927CC0514FBF9B571F03FC9262D81"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D8E680DAC03A41508483E3CFA5370AE5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BED18101-2DF7-47EA-9BCC-51C14837378E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="D8E680DAC03A41508483E3CFA5370AE51"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B73CDDC57CD54041977CDB02A2E9C9E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BD1F72FD-A834-49CE-9527-75BBD9A430D7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="B73CDDC57CD54041977CDB02A2E9C9E51"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2DD2064CE7CC486782C137769A093A31"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C20F4269-E1AD-4560-9433-D4C17CE93B9D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="2DD2064CE7CC486782C137769A093A311"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A653DF58868347739455CEACAF994ED8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1748E0AA-A0D1-49A3-97B8-A7F6E86D69F5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="A653DF58868347739455CEACAF994ED81"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2958A4EE1295440F97A742D61EB7B138"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E76F2F71-A9CF-485E-BE7F-AEDBC3490FEF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="2958A4EE1295440F97A742D61EB7B1381"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="809FAA2199BA488499737D121E21AAE0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{61144160-669B-4C95-83CE-984C91BDB928}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008335B1" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="008335B1" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="809FAA2199BA488499737D121E21AAE01"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="922778473E4C42F5934FC954F26B891E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D2B5C40-7DDA-4144-9C53-548192A0A33B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001902FC" w:rsidRDefault="00862941" w:rsidP="0025344F">
+        <w:p w:rsidR="001902FC" w:rsidRDefault="008A1A1A" w:rsidP="0025344F">
           <w:pPr>
             <w:pStyle w:val="922778473E4C42F5934FC954F26B891E1"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="892B49EB6AF84079AEEE2FB9133718F1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C100C986-9E7C-45B2-BC08-CF67538807D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001902FC" w:rsidRDefault="00862941" w:rsidP="0025344F">
+        <w:p w:rsidR="001902FC" w:rsidRDefault="008A1A1A" w:rsidP="0025344F">
           <w:pPr>
             <w:pStyle w:val="892B49EB6AF84079AEEE2FB9133718F11"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{928E6A28-FAFC-471D-AEC1-638E3F6A7DF6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="0025344F">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="0025344F">
           <w:pPr>
             <w:pStyle w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
           </w:pPr>
           <w:r w:rsidRPr="00C82DA0">
             <w:t>MM/DD/YYYY</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C531F36C229C4F9AA7F773CAC92C50A5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4FBA12D4-A10B-4E92-AC8F-B3FA2A0999EB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="C531F36C229C4F9AA7F773CAC92C50A51"/>
+            <w:pStyle w:val="C531F36C229C4F9AA7F773CAC92C50A5"/>
           </w:pPr>
           <w:r w:rsidRPr="00C82DA0">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Type full legal name</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="189E45AEBDDF469DBA56463476BBE996"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CBAEC612-32BB-44D8-8B07-CEC74C96D273}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="189E45AEBDDF469DBA56463476BBE9961"/>
+            <w:pStyle w:val="189E45AEBDDF469DBA56463476BBE996"/>
           </w:pPr>
           <w:r w:rsidRPr="00C82DA0">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Type title or role</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5F7F6E2890A5488A922949D985C1A726"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E8F73736-E6DF-42EE-9D84-0B74CF0F8198}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="5F7F6E2890A5488A922949D985C1A7261"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C283C154C9234B4EAD3E0E972F6BF2CB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{309D52B3-007D-410B-B7DC-2F8CC423EBBD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="C283C154C9234B4EAD3E0E972F6BF2CB1"/>
+            <w:pStyle w:val="C283C154C9234B4EAD3E0E972F6BF2CB"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="44810FE7FF644015BDD9B26C40828557"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FAC26296-FE62-4106-B333-B208E4B9158C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="44810FE7FF644015BDD9B26C408285571"/>
+            <w:pStyle w:val="44810FE7FF644015BDD9B26C40828557"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="90D968670AAA41ED9374FB10EFB1BAE5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B41313A2-5A05-433C-B69E-47CE83F7C5A9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="90D968670AAA41ED9374FB10EFB1BAE51"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4524BB2AD7CC4C01A131BCAFF69C160B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{988533F8-D48B-4C48-8760-B872D5E7E012}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="4524BB2AD7CC4C01A131BCAFF69C160B1"/>
+            <w:pStyle w:val="4524BB2AD7CC4C01A131BCAFF69C160B"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="097CB351A2EA4EA3A42EE0ACC33FED93"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A4E73DE2-32D1-46B3-BD27-93F10E0A5812}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0025344F" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="0025344F" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="097CB351A2EA4EA3A42EE0ACC33FED931"/>
+            <w:pStyle w:val="097CB351A2EA4EA3A42EE0ACC33FED93"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FA0C8EC946964A6781686912220BB72D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0D4D666F-BEAF-4A7A-9EA2-3F54DF1851BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="FA0C8EC946964A6781686912220BB72D"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0BF5ABBB07FF42D492A911728CFF6107"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{55CE82D5-C537-4366-967B-F64D48A7288F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="0BF5ABBB07FF42D492A911728CFF6107"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4AF64265227A47F997DBA1EA4D098270"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{71336B3C-56F3-4CC7-8F4C-7A5F12F3F670}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="4AF64265227A47F997DBA1EA4D098270"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DB7D2E6FEF8A4EFFA977536514B6E1F9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C176F40D-24D3-43CE-ADFF-2472C9173C5A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="DB7D2E6FEF8A4EFFA977536514B6E1F9"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2D32F0047A3D4BD8991069F9190DE521"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{68D949E4-FE59-43AD-BC62-4FA922B1B66C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
             <w:pStyle w:val="2D32F0047A3D4BD8991069F9190DE521"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2F2FD032A9F64A1D994C3F2E9BC2AD1F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ED1A2210-ED8C-4029-8CF6-1ABF49980461}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="2F2FD032A9F64A1D994C3F2E9BC2AD1F"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A730A8D687CC463C82C8950CB35D0F72"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{70DDA5C8-5AE8-4925-AC2C-570A05F0B5D1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="A730A8D687CC463C82C8950CB35D0F72"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FC5F47CE09984F808A1F7102EE356D12"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5E2C7444-B9A5-4CBA-980D-D1ED7ABD0E8D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="FC5F47CE09984F808A1F7102EE356D12"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C58255E1E3ED483D92C6CB204302AFF1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4CABC33B-386B-410C-933E-5A4A6BF9CD7D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="C58255E1E3ED483D92C6CB204302AFF1"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AF39E3BD67304424B40B1A3A53D4B23B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2AA9E1A0-D17A-4D4C-B438-D37D892207C4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="AF39E3BD67304424B40B1A3A53D4B23B"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A62B241BF1FD42EEBA7B937BDC387841"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C7FEA7EC-EE1A-44C9-9D13-05063CAFFD30}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="A62B241BF1FD42EEBA7B937BDC387841"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4036977FE5D44E449028A49F52B5FFB8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8E16970-8A1E-4487-A18E-35992607050D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="4036977FE5D44E449028A49F52B5FFB8"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E8D24EF508A141929EB61891DE0A0394"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC708EFF-3522-4917-97DE-EC245ECBCA65}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="E8D24EF508A141929EB61891DE0A0394"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3EB4058D769742E39E9B2765E5BA0CB5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C8F831AB-F408-4927-B87C-758870E01C1E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="3EB4058D769742E39E9B2765E5BA0CB5"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="50BC801B771C47B1ACFFA51D9229CCFA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{421C03D3-9A48-41B6-9BE3-DF4E7814A904}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="50BC801B771C47B1ACFFA51D9229CCFA"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6315FF2956B544BE8CA529961E195802"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B09767D9-0991-4F9F-9A24-07D9648F3F05}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="6315FF2956B544BE8CA529961E195802"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4308A4B1A8DA4697A9A5AD36BFDC2462"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{65E97D25-BACA-4782-A59C-9537DC9E5F18}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="4308A4B1A8DA4697A9A5AD36BFDC2462"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="554818F14DDA46FCA8AE8F90E6AC4427"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BD40D57A-5983-4F2A-A87B-2C8D367CF2C0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00DC4B80" w:rsidRDefault="00862941" w:rsidP="00DC4B80">
+        <w:p w:rsidR="00DC4B80" w:rsidRDefault="008A1A1A" w:rsidP="00DC4B80">
           <w:pPr>
             <w:pStyle w:val="554818F14DDA46FCA8AE8F90E6AC4427"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4B7A1AD6178941CBB9B879C5CF985896"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{17D01B88-053E-4FCE-960F-F864B3ECC71F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00862941" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="00862941" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="4B7A1AD6178941CBB9B879C5CF9858961"/>
+            <w:pStyle w:val="4B7A1AD6178941CBB9B879C5CF985896"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="529BF4F8C8B24D699796A6A1E8A3FD4D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E6EB2713-C2A6-426B-884E-C2246ADD4CAA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00862941" w:rsidRDefault="00862941">
+        <w:p w:rsidR="00862941" w:rsidRDefault="008A1A1A">
           <w:r>
             <w:t>________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2CC05548173048EDAE20864AB177B426"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B3357CC3-E5EB-4BF6-844A-B61288B71AC3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00862941" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="00862941" w:rsidRDefault="008A1A1A" w:rsidP="00862941">
           <w:pPr>
             <w:pStyle w:val="2CC05548173048EDAE20864AB177B426"/>
           </w:pPr>
           <w:r>
             <w:t>________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E585E29EDF3044F58E64BB687CC74A7C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{78860349-44A1-4571-91EE-0DF6A3C19C19}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00862941" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="00862941" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="E585E29EDF3044F58E64BB687CC74A7C1"/>
+            <w:pStyle w:val="E585E29EDF3044F58E64BB687CC74A7C"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C2CF14BEDBD348E4810FF51855328BD6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{71D2D6A9-A3FD-41CE-B86F-EC603728ADB1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00862941" w:rsidRDefault="00862941" w:rsidP="00862941">
+        <w:p w:rsidR="00862941" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
           <w:pPr>
-            <w:pStyle w:val="C2CF14BEDBD348E4810FF51855328BD61"/>
+            <w:pStyle w:val="C2CF14BEDBD348E4810FF51855328BD6"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:t>________</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C9F6EB2F88234C53B60BE0C819B17B49"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ACEA786C-15A9-4AF3-904B-C603883742DB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00814203" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
+          <w:pPr>
+            <w:pStyle w:val="C9F6EB2F88234C53B60BE0C819B17B49"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>________</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C6371EA2241C412B8F11C85969802CAA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D07FD199-9088-4A0B-B9D0-FFA58C660A21}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0096323A" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
+          <w:pPr>
+            <w:pStyle w:val="C6371EA2241C412B8F11C85969802CAA1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>____________</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D85327A4FF3E43D98D29CEFC3FB58970"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{51D64607-0B51-4903-9F06-4DDE74D300D3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="008A1A1A" w:rsidRDefault="008A1A1A" w:rsidP="008A1A1A">
+          <w:pPr>
+            <w:pStyle w:val="D85327A4FF3E43D98D29CEFC3FB58970"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>________</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -14856,80 +10955,99 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00100089"/>
+    <w:rsid w:val="00005DFF"/>
     <w:rsid w:val="00100089"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="001902FC"/>
+    <w:rsid w:val="001F5F4F"/>
     <w:rsid w:val="0024773E"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="0025344F"/>
+    <w:rsid w:val="002D130E"/>
     <w:rsid w:val="00325B57"/>
+    <w:rsid w:val="00334A20"/>
+    <w:rsid w:val="00344320"/>
     <w:rsid w:val="003D297C"/>
+    <w:rsid w:val="004308C2"/>
     <w:rsid w:val="0043318D"/>
     <w:rsid w:val="004B4DDC"/>
     <w:rsid w:val="004C0259"/>
-    <w:rsid w:val="005B7747"/>
+    <w:rsid w:val="004E4C66"/>
+    <w:rsid w:val="00536C1C"/>
     <w:rsid w:val="0063260A"/>
     <w:rsid w:val="006C73A0"/>
     <w:rsid w:val="00713C03"/>
     <w:rsid w:val="007B1A3A"/>
+    <w:rsid w:val="007D4FCB"/>
     <w:rsid w:val="0080313C"/>
+    <w:rsid w:val="00814203"/>
     <w:rsid w:val="008335B1"/>
     <w:rsid w:val="00862941"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="00877D69"/>
+    <w:rsid w:val="008A1A1A"/>
     <w:rsid w:val="008D7251"/>
+    <w:rsid w:val="0096323A"/>
     <w:rsid w:val="00970AAF"/>
     <w:rsid w:val="00A920C9"/>
+    <w:rsid w:val="00AF364D"/>
     <w:rsid w:val="00B10369"/>
+    <w:rsid w:val="00B119A5"/>
+    <w:rsid w:val="00B273D6"/>
     <w:rsid w:val="00B93B6F"/>
+    <w:rsid w:val="00D8409F"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00DC4B80"/>
+    <w:rsid w:val="00E10FF0"/>
+    <w:rsid w:val="00E43E08"/>
+    <w:rsid w:val="00EA0D77"/>
     <w:rsid w:val="00EE77C2"/>
+    <w:rsid w:val="00F20704"/>
     <w:rsid w:val="00FA3947"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -15342,51 +11460,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00862941"/>
+    <w:rsid w:val="008A1A1A"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0419F16CFAE1426A8D9AE23BF405CF2C">
     <w:name w:val="0419F16CFAE1426A8D9AE23BF405CF2C"/>
     <w:rsid w:val="0025344F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="922778473E4C42F5934FC954F26B891E1">
     <w:name w:val="922778473E4C42F5934FC954F26B891E1"/>
     <w:rsid w:val="0025344F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="892B49EB6AF84079AEEE2FB9133718F11">
     <w:name w:val="892B49EB6AF84079AEEE2FB9133718F11"/>
     <w:rsid w:val="0025344F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -15471,147 +11589,65 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F7F6E2890A5488A922949D985C1A7261">
     <w:name w:val="5F7F6E2890A5488A922949D985C1A7261"/>
     <w:rsid w:val="00DC4B80"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="90D968670AAA41ED9374FB10EFB1BAE51">
     <w:name w:val="90D968670AAA41ED9374FB10EFB1BAE51"/>
     <w:rsid w:val="00DC4B80"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FE0A72315934B88813435DB538A765D1">
-[...70 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA0C8EC946964A6781686912220BB72D">
     <w:name w:val="FA0C8EC946964A6781686912220BB72D"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BF5ABBB07FF42D492A911728CFF6107">
     <w:name w:val="0BF5ABBB07FF42D492A911728CFF6107"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4AF64265227A47F997DBA1EA4D098270">
     <w:name w:val="4AF64265227A47F997DBA1EA4D098270"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB7D2E6FEF8A4EFFA977536514B6E1F9">
     <w:name w:val="DB7D2E6FEF8A4EFFA977536514B6E1F9"/>
     <w:rsid w:val="00DC4B80"/>
-  </w:style>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F2FD032A9F64A1D994C3F2E9BC2AD1F">
     <w:name w:val="2F2FD032A9F64A1D994C3F2E9BC2AD1F"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A730A8D687CC463C82C8950CB35D0F72">
     <w:name w:val="A730A8D687CC463C82C8950CB35D0F72"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC5F47CE09984F808A1F7102EE356D12">
     <w:name w:val="FC5F47CE09984F808A1F7102EE356D12"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C58255E1E3ED483D92C6CB204302AFF1">
     <w:name w:val="C58255E1E3ED483D92C6CB204302AFF1"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF39E3BD67304424B40B1A3A53D4B23B">
     <w:name w:val="AF39E3BD67304424B40B1A3A53D4B23B"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A62B241BF1FD42EEBA7B937BDC387841">
     <w:name w:val="A62B241BF1FD42EEBA7B937BDC387841"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
@@ -15631,73 +11667,185 @@
     <w:name w:val="50BC801B771C47B1ACFFA51D9229CCFA"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6315FF2956B544BE8CA529961E195802">
     <w:name w:val="6315FF2956B544BE8CA529961E195802"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4308A4B1A8DA4697A9A5AD36BFDC2462">
     <w:name w:val="4308A4B1A8DA4697A9A5AD36BFDC2462"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="554818F14DDA46FCA8AE8F90E6AC4427">
     <w:name w:val="554818F14DDA46FCA8AE8F90E6AC4427"/>
     <w:rsid w:val="00DC4B80"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CC05548173048EDAE20864AB177B426">
     <w:name w:val="2CC05548173048EDAE20864AB177B426"/>
     <w:rsid w:val="00862941"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D32F0047A3D4BD8991069F9190DE521">
-[...1 lines deleted...]
-    <w:rsid w:val="00862941"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6371EA2241C412B8F11C85969802CAA1">
+    <w:name w:val="C6371EA2241C412B8F11C85969802CAA1"/>
+    <w:rsid w:val="008A1A1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C531F36C229C4F9AA7F773CAC92C50A51">
-[...1 lines deleted...]
-    <w:rsid w:val="00862941"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FE0A72315934B88813435DB538A765D">
+    <w:name w:val="7FE0A72315934B88813435DB538A765D"/>
+    <w:rsid w:val="008A1A1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="189E45AEBDDF469DBA56463476BBE9961">
-[...1 lines deleted...]
-    <w:rsid w:val="00862941"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C283C154C9234B4EAD3E0E972F6BF2CB">
+    <w:name w:val="C283C154C9234B4EAD3E0E972F6BF2CB"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="44810FE7FF644015BDD9B26C40828557">
+    <w:name w:val="44810FE7FF644015BDD9B26C40828557"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4524BB2AD7CC4C01A131BCAFF69C160B">
+    <w:name w:val="4524BB2AD7CC4C01A131BCAFF69C160B"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="097CB351A2EA4EA3A42EE0ACC33FED93">
+    <w:name w:val="097CB351A2EA4EA3A42EE0ACC33FED93"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9F6EB2F88234C53B60BE0C819B17B49">
+    <w:name w:val="C9F6EB2F88234C53B60BE0C819B17B49"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D85327A4FF3E43D98D29CEFC3FB58970">
+    <w:name w:val="D85327A4FF3E43D98D29CEFC3FB58970"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B7A1AD6178941CBB9B879C5CF985896">
+    <w:name w:val="4B7A1AD6178941CBB9B879C5CF985896"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E585E29EDF3044F58E64BB687CC74A7C">
+    <w:name w:val="E585E29EDF3044F58E64BB687CC74A7C"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C2CF14BEDBD348E4810FF51855328BD6">
+    <w:name w:val="C2CF14BEDBD348E4810FF51855328BD6"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D32F0047A3D4BD8991069F9190DE521">
+    <w:name w:val="2D32F0047A3D4BD8991069F9190DE521"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C531F36C229C4F9AA7F773CAC92C50A5">
+    <w:name w:val="C531F36C229C4F9AA7F773CAC92C50A5"/>
+    <w:rsid w:val="008A1A1A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="189E45AEBDDF469DBA56463476BBE996">
+    <w:name w:val="189E45AEBDDF469DBA56463476BBE996"/>
+    <w:rsid w:val="008A1A1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -15987,69 +12135,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC93C1E-91FD-4D96-8184-3C461011AC0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1022</Words>
-  <Characters>5530</Characters>
+  <Words>1184</Words>
+  <Characters>6504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>230</Lines>
-  <Paragraphs>163</Paragraphs>
+  <Lines>232</Lines>
+  <Paragraphs>141</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6389</CharactersWithSpaces>
+  <CharactersWithSpaces>7896</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</dc:title>
   <dc:subject/>
   <dc:creator>Tripp, Trisha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>