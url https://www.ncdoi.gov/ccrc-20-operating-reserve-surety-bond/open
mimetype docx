--- v0 (2026-01-18)
+++ v1 (2026-02-08)
@@ -679,73 +679,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D380E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>WHEREAS, under N.C. Gen. Stat. § 58-64A-245(d), if the Commissioner determines that the Principal is in a hazardous condition pursuant to N.C. Gen. Stat. § 58-64A-285, the Commissioner may (i) increase the Principal’s required Operating Reserve or (ii) require the Principal to place its Operating Reserve on deposit with the Commissioner; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23406DD7" w14:textId="77777777" w:rsidR="004D380E" w:rsidRPr="004D380E" w:rsidRDefault="004D380E" w:rsidP="004D380E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D380E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>WHEREAS, when an Operating Reserve is required to be placed on deposit with the Commissioner, N.C. Gen. Stat. § 58-64A-245(f) requires the Principal to deliver a power of attorney authorizing the Commissioner to sell or transfer the qualifying assets comprising the Operating Reserve for the purpose of paying liabilities of the Principal related to the Community; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F75C30" w14:textId="77777777" w:rsidR="004D380E" w:rsidRPr="004D380E" w:rsidRDefault="004D380E" w:rsidP="004D380E">
+    <w:p w14:paraId="38F75C30" w14:textId="35118946" w:rsidR="004D380E" w:rsidRPr="004D380E" w:rsidRDefault="004D380E" w:rsidP="004D380E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D380E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>WHEREAS, under N.C. Gen. Stat. § 58-64A-260, a provider may satisfy all or part of its Operating Reserve requirement by filing a surety bond approved by the Commissioner, in lieu of holding Qualifying Assets directly or placing them on deposit with the Commissioner; and</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>WHEREAS, under N.C. Gen. Stat. § 58-64A-260, a provider may satisfy all or part of its Operating Reserve requirement by filing a surety bond approved by the Commissioner, in lieu of holding Qualifying Assets; and</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="64A3D8D0" w14:textId="64271536" w:rsidR="004D380E" w:rsidRPr="004D380E" w:rsidRDefault="004D380E" w:rsidP="004D380E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D380E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">WHEREAS, the Principal elects to satisfy </w:t>
       </w:r>
       <w:r w:rsidR="009A4E06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">all or </w:t>
       </w:r>
       <w:r w:rsidRPr="004D380E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -2415,51 +2406,51 @@
             <w:noWrap/>
             <w:tcMar>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="018B51AA" w14:textId="41030D26" w:rsidR="00530AAE" w:rsidRDefault="00530AAE" w:rsidP="00F213A9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C89BBB" w14:textId="07C224F6" w:rsidR="00530AAE" w:rsidRDefault="007A6508" w:rsidP="002A5ED8">
+          <w:p w14:paraId="58C89BBB" w14:textId="07C224F6" w:rsidR="00530AAE" w:rsidRDefault="00052037" w:rsidP="002A5ED8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-722681537"/>
                 <w:placeholder>
                   <w:docPart w:val="AD7291C540C046DA926AF0396669A6C8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -2479,51 +2470,51 @@
             <w:noWrap/>
             <w:tcMar>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01784344" w14:textId="3A6E95EA" w:rsidR="00530AAE" w:rsidRDefault="00530AAE" w:rsidP="00F213A9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB92F09" w14:textId="1E88500A" w:rsidR="00530AAE" w:rsidRDefault="007A6508" w:rsidP="002A5ED8">
+          <w:p w14:paraId="7DB92F09" w14:textId="1E88500A" w:rsidR="00530AAE" w:rsidRDefault="00052037" w:rsidP="002A5ED8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1237699121"/>
                 <w:placeholder>
                   <w:docPart w:val="33D950E2D3E544E9B47A2FFA910AB471"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -2543,51 +2534,51 @@
             <w:noWrap/>
             <w:tcMar>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11B8033F" w14:textId="07D56EFF" w:rsidR="00530AAE" w:rsidRDefault="00530AAE" w:rsidP="00F213A9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B613EBC" w14:textId="5BE4612A" w:rsidR="00530AAE" w:rsidRDefault="007A6508" w:rsidP="002A5ED8">
+          <w:p w14:paraId="5B613EBC" w14:textId="5BE4612A" w:rsidR="00530AAE" w:rsidRDefault="00052037" w:rsidP="002A5ED8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1144354212"/>
                 <w:placeholder>
                   <w:docPart w:val="B8736E76857646D4A0FA8D29A170D39C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -2667,51 +2658,51 @@
         <w:gridCol w:w="3336"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F213A9" w14:paraId="1A1E3484" w14:textId="77777777" w:rsidTr="00463433">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00F6D81C" w14:textId="3AF56640" w:rsidR="00F213A9" w:rsidRDefault="00F213A9" w:rsidP="002A5ED8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>STATE OF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18CD6166" w14:textId="69E32594" w:rsidR="00F213A9" w:rsidRDefault="007A6508" w:rsidP="002A5ED8">
+          <w:p w14:paraId="18CD6166" w14:textId="69E32594" w:rsidR="00F213A9" w:rsidRDefault="00052037" w:rsidP="002A5ED8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1546097717"/>
                 <w:placeholder>
                   <w:docPart w:val="BF873156AFAA476B86D7697DB56376CB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
                 </w:r>
@@ -2721,51 +2712,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00463433" w14:paraId="030E1BE4" w14:textId="77777777" w:rsidTr="00463433">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13D15C3F" w14:textId="5A1EBFF6" w:rsidR="00463433" w:rsidRDefault="00463433" w:rsidP="00463433">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>COUNTY OF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61CCA621" w14:textId="1E8A3634" w:rsidR="00463433" w:rsidRDefault="007A6508" w:rsidP="00463433">
+          <w:p w14:paraId="61CCA621" w14:textId="1E8A3634" w:rsidR="00463433" w:rsidRDefault="00052037" w:rsidP="00463433">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1810351999"/>
                 <w:placeholder>
                   <w:docPart w:val="8A414BAF9E264CFC852E20E38CE225D8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
                 </w:r>
@@ -3234,51 +3225,51 @@
             <w:noWrap/>
             <w:tcMar>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31C300A1" w14:textId="77777777" w:rsidR="00463433" w:rsidRDefault="00463433" w:rsidP="00C75E0D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20FBF1DD" w14:textId="64D85E68" w:rsidR="00463433" w:rsidRDefault="007A6508" w:rsidP="00C75E0D">
+          <w:p w14:paraId="20FBF1DD" w14:textId="64D85E68" w:rsidR="00463433" w:rsidRDefault="00052037" w:rsidP="00C75E0D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="2005935380"/>
                 <w:placeholder>
                   <w:docPart w:val="8364BEC00DC3475B9E6CCF99D5C9767B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -3298,51 +3289,51 @@
             <w:noWrap/>
             <w:tcMar>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F135F2E" w14:textId="77777777" w:rsidR="00463433" w:rsidRDefault="00463433" w:rsidP="00C75E0D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25375855" w14:textId="3B1AFC59" w:rsidR="00463433" w:rsidRDefault="007A6508" w:rsidP="00C75E0D">
+          <w:p w14:paraId="25375855" w14:textId="3B1AFC59" w:rsidR="00463433" w:rsidRDefault="00052037" w:rsidP="00C75E0D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1782446835"/>
                 <w:placeholder>
                   <w:docPart w:val="25B834C1E5B741CFB10A82884BE40FE8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -3362,51 +3353,51 @@
             <w:noWrap/>
             <w:tcMar>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="766FBC36" w14:textId="77777777" w:rsidR="00463433" w:rsidRDefault="00463433" w:rsidP="00C75E0D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5449" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="379452E3" w14:textId="2CB3CF86" w:rsidR="00463433" w:rsidRDefault="007A6508" w:rsidP="00C75E0D">
+          <w:p w14:paraId="379452E3" w14:textId="2CB3CF86" w:rsidR="00463433" w:rsidRDefault="00052037" w:rsidP="00C75E0D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1015233415"/>
                 <w:placeholder>
                   <w:docPart w:val="54FF087A07C6401FA7F1FD7DC15FFD42"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -3490,51 +3481,51 @@
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7684948D" w14:textId="77777777" w:rsidR="00463433" w:rsidRDefault="00463433" w:rsidP="00463433">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>STATE OF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5743E340" w14:textId="20639FE9" w:rsidR="00463433" w:rsidRDefault="007A6508" w:rsidP="00463433">
+          <w:p w14:paraId="5743E340" w14:textId="20639FE9" w:rsidR="00463433" w:rsidRDefault="00052037" w:rsidP="00463433">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="995692916"/>
                 <w:placeholder>
                   <w:docPart w:val="CC43DE187B1D44BCB85B019689B025BB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -3549,51 +3540,51 @@
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49E3E95E" w14:textId="77777777" w:rsidR="00463433" w:rsidRDefault="00463433" w:rsidP="00463433">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>COUNTY OF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="477C9CA1" w14:textId="28613474" w:rsidR="00463433" w:rsidRDefault="007A6508" w:rsidP="00463433">
+          <w:p w14:paraId="477C9CA1" w14:textId="28613474" w:rsidR="00463433" w:rsidRDefault="00052037" w:rsidP="00463433">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="515503508"/>
                 <w:placeholder>
                   <w:docPart w:val="EC2D35269CFE430C9DCCBC4D74680205"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008417B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>___</w:t>
@@ -4464,136 +4455,141 @@
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="right"/>
         <w:pPr>
           <w:ind w:left="6480" w:hanging="180"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OBBuT7prge4OaEpXFDPa8Ri9Nrcf4nzQanHkNE5bjEx8OKDMRk1G9UhaPBGJoCgExvuBZvXbSSILvph92d4xvg==" w:salt="his5PZjkPeu0KtJdXRXVBg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="j2a4OYquHZpWaMO/G/Jx6sKHr1ak4SgitF4I3GJ85OtJo1p7iN+O3vGj7QTHWb/7MZeS87gJAm2WJFMRjHmuOA==" w:salt="QhO1XcM8HRc/F6qzo96GFQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00042B7A"/>
     <w:rsid w:val="00042B7A"/>
+    <w:rsid w:val="00052037"/>
+    <w:rsid w:val="000643C1"/>
     <w:rsid w:val="00065928"/>
     <w:rsid w:val="00085F07"/>
     <w:rsid w:val="00091448"/>
     <w:rsid w:val="000A2DA7"/>
     <w:rsid w:val="000C55CE"/>
     <w:rsid w:val="000C790B"/>
     <w:rsid w:val="000F4A55"/>
     <w:rsid w:val="0011762C"/>
     <w:rsid w:val="00171580"/>
     <w:rsid w:val="002727E0"/>
     <w:rsid w:val="00275ABE"/>
     <w:rsid w:val="002A5ED8"/>
     <w:rsid w:val="002B75E3"/>
     <w:rsid w:val="002C2944"/>
     <w:rsid w:val="0030093C"/>
     <w:rsid w:val="00317F1E"/>
+    <w:rsid w:val="003A0255"/>
     <w:rsid w:val="003A09F6"/>
     <w:rsid w:val="003E5A53"/>
     <w:rsid w:val="004506F4"/>
     <w:rsid w:val="00450EF1"/>
     <w:rsid w:val="00463433"/>
     <w:rsid w:val="00480032"/>
     <w:rsid w:val="0048670F"/>
     <w:rsid w:val="00487336"/>
     <w:rsid w:val="004D380E"/>
     <w:rsid w:val="00524927"/>
     <w:rsid w:val="0052611F"/>
     <w:rsid w:val="00530AAE"/>
     <w:rsid w:val="00594FF3"/>
     <w:rsid w:val="005B206A"/>
     <w:rsid w:val="00636D48"/>
     <w:rsid w:val="006725EE"/>
     <w:rsid w:val="006C697B"/>
     <w:rsid w:val="007377AF"/>
     <w:rsid w:val="007629EE"/>
     <w:rsid w:val="007A6508"/>
     <w:rsid w:val="0081165F"/>
     <w:rsid w:val="008417B2"/>
     <w:rsid w:val="00841E22"/>
+    <w:rsid w:val="008662C8"/>
     <w:rsid w:val="00881DAA"/>
     <w:rsid w:val="00897672"/>
     <w:rsid w:val="008D1C21"/>
     <w:rsid w:val="008E1A4D"/>
     <w:rsid w:val="00916A1D"/>
     <w:rsid w:val="009344BC"/>
     <w:rsid w:val="00985818"/>
     <w:rsid w:val="009923E3"/>
     <w:rsid w:val="009A4E06"/>
     <w:rsid w:val="009A6EB7"/>
     <w:rsid w:val="009B3D7D"/>
     <w:rsid w:val="00A13123"/>
     <w:rsid w:val="00A30671"/>
     <w:rsid w:val="00AA2216"/>
     <w:rsid w:val="00AB759C"/>
     <w:rsid w:val="00B12291"/>
     <w:rsid w:val="00B80284"/>
     <w:rsid w:val="00B9197B"/>
     <w:rsid w:val="00BC2F2E"/>
     <w:rsid w:val="00C46048"/>
     <w:rsid w:val="00C66440"/>
     <w:rsid w:val="00C85BBC"/>
     <w:rsid w:val="00D626B4"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00EB4E8D"/>
+    <w:rsid w:val="00EE2691"/>
     <w:rsid w:val="00F213A9"/>
     <w:rsid w:val="00FF0FFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6457,50 +6453,51 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00461CAF"/>
+    <w:rsid w:val="000643C1"/>
     <w:rsid w:val="00461CAF"/>
     <w:rsid w:val="007377AF"/>
     <w:rsid w:val="00C46048"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -6962,57 +6959,50 @@
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FB03AC5833A445E8C77D4933D0D299D4">
     <w:name w:val="5FB03AC5833A445E8C77D4933D0D299D4"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4AD8E477CAB4B098E98CE7D71999C244">
     <w:name w:val="C4AD8E477CAB4B098E98CE7D71999C244"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="99DBC0E2E1FB47B88F18D6078811EC9F4">
     <w:name w:val="99DBC0E2E1FB47B88F18D6078811EC9F4"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB3D04301A154A76890D71860AD06E244">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD7291C540C046DA926AF0396669A6C84">
     <w:name w:val="AD7291C540C046DA926AF0396669A6C84"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="33D950E2D3E544E9B47A2FFA910AB4714">
     <w:name w:val="33D950E2D3E544E9B47A2FFA910AB4714"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8736E76857646D4A0FA8D29A170D39C4">
     <w:name w:val="B8736E76857646D4A0FA8D29A170D39C4"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF873156AFAA476B86D7697DB56376CB4">
     <w:name w:val="BF873156AFAA476B86D7697DB56376CB4"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
@@ -7039,66 +7029,52 @@
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A36C8611BB8C447F957EE6FFD84533604">
     <w:name w:val="A36C8611BB8C447F957EE6FFD84533604"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C2EE24C42764CC8A51BD3DC192CD0BB4">
     <w:name w:val="2C2EE24C42764CC8A51BD3DC192CD0BB4"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE7631BC87D74E7BA6FE9B6196DD7D554">
     <w:name w:val="EE7631BC87D74E7BA6FE9B6196DD7D554"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7ADE06A5F2544295BCB2555D6CA20DE04">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B67DCAE9DC874D83AC6FD70EAA5CB86A4">
     <w:name w:val="B67DCAE9DC874D83AC6FD70EAA5CB86A4"/>
-    <w:rsid w:val="00461CAF"/>
-[...5 lines deleted...]
-    <w:name w:val="175C0A0EDC574C888922841EC7894DCA4"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8364BEC00DC3475B9E6CCF99D5C9767B4">
     <w:name w:val="8364BEC00DC3475B9E6CCF99D5C9767B4"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="25B834C1E5B741CFB10A82884BE40FE84">
     <w:name w:val="25B834C1E5B741CFB10A82884BE40FE84"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="54FF087A07C6401FA7F1FD7DC15FFD424">
     <w:name w:val="54FF087A07C6401FA7F1FD7DC15FFD424"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
@@ -7125,57 +7101,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB1E55F50D8C489B837B7228073CC6E04">
     <w:name w:val="DB1E55F50D8C489B837B7228073CC6E04"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="296563C94ACC45A8A426A38033117E224">
     <w:name w:val="296563C94ACC45A8A426A38033117E224"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB9C2046AEA64231A371F550BF59A4654">
     <w:name w:val="AB9C2046AEA64231A371F550BF59A4654"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="293B3E2A87E64D3A85DE660141498C9C4">
     <w:name w:val="293B3E2A87E64D3A85DE660141498C9C4"/>
-    <w:rsid w:val="00461CAF"/>
-[...5 lines deleted...]
-    <w:name w:val="152CC8DEA4F54B1C9D33BB75CC1D0CD24"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B8A29C90D3E48DE990151C43AB251F04">
     <w:name w:val="0B8A29C90D3E48DE990151C43AB251F04"/>
     <w:rsid w:val="00461CAF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -7454,69 +7423,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1615</Words>
-  <Characters>9406</Characters>
+  <Words>1712</Words>
+  <Characters>9250</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>213</Lines>
-  <Paragraphs>118</Paragraphs>
+  <Lines>225</Lines>
+  <Paragraphs>127</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10903</CharactersWithSpaces>
+  <CharactersWithSpaces>10835</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Trendel, Jeff</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>