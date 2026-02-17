--- v0 (2025-10-07)
+++ v1 (2026-02-17)
@@ -26,125 +26,168 @@
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId42"/>
+    <p:notesMasterId r:id="rId43"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="313" r:id="rId2"/>
     <p:sldId id="264" r:id="rId3"/>
-    <p:sldId id="265" r:id="rId4"/>
-[...36 lines deleted...]
-    <p:sldId id="259" r:id="rId41"/>
+    <p:sldId id="320" r:id="rId4"/>
+    <p:sldId id="265" r:id="rId5"/>
+    <p:sldId id="266" r:id="rId6"/>
+    <p:sldId id="261" r:id="rId7"/>
+    <p:sldId id="267" r:id="rId8"/>
+    <p:sldId id="268" r:id="rId9"/>
+    <p:sldId id="269" r:id="rId10"/>
+    <p:sldId id="270" r:id="rId11"/>
+    <p:sldId id="271" r:id="rId12"/>
+    <p:sldId id="272" r:id="rId13"/>
+    <p:sldId id="275" r:id="rId14"/>
+    <p:sldId id="314" r:id="rId15"/>
+    <p:sldId id="306" r:id="rId16"/>
+    <p:sldId id="279" r:id="rId17"/>
+    <p:sldId id="273" r:id="rId18"/>
+    <p:sldId id="280" r:id="rId19"/>
+    <p:sldId id="281" r:id="rId20"/>
+    <p:sldId id="312" r:id="rId21"/>
+    <p:sldId id="282" r:id="rId22"/>
+    <p:sldId id="283" r:id="rId23"/>
+    <p:sldId id="285" r:id="rId24"/>
+    <p:sldId id="284" r:id="rId25"/>
+    <p:sldId id="286" r:id="rId26"/>
+    <p:sldId id="315" r:id="rId27"/>
+    <p:sldId id="288" r:id="rId28"/>
+    <p:sldId id="300" r:id="rId29"/>
+    <p:sldId id="289" r:id="rId30"/>
+    <p:sldId id="290" r:id="rId31"/>
+    <p:sldId id="291" r:id="rId32"/>
+    <p:sldId id="292" r:id="rId33"/>
+    <p:sldId id="318" r:id="rId34"/>
+    <p:sldId id="319" r:id="rId35"/>
+    <p:sldId id="294" r:id="rId36"/>
+    <p:sldId id="295" r:id="rId37"/>
+    <p:sldId id="296" r:id="rId38"/>
+    <p:sldId id="297" r:id="rId39"/>
+    <p:sldId id="298" r:id="rId40"/>
+    <p:sldId id="299" r:id="rId41"/>
+    <p:sldId id="259" r:id="rId42"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7010400" cy="9296400"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -203,138 +246,153 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
+    <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
+      <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="CCE3F5"/>
     <a:srgbClr val="1CADE4"/>
     <a:srgbClr val="9BDBF3"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="18025" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="82" d="100"/>
           <a:sy n="82" d="100"/>
         </p:scale>
         <p:origin x="581" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
+  <p:notesViewPr>
+    <p:cSldViewPr snapToGrid="0">
+      <p:cViewPr varScale="1">
+        <p:scale>
+          <a:sx n="83" d="100"/>
+          <a:sy n="83" d="100"/>
+        </p:scale>
+        <p:origin x="3894" y="84"/>
+      </p:cViewPr>
+      <p:guideLst/>
+    </p:cSldViewPr>
+  </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -379,51 +437,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3970338" y="0"/>
             <a:ext cx="3038475" cy="466725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{105755F4-6807-4B03-8F17-F0EAACD4B8C9}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="717550" y="1162050"/>
             <a:ext cx="5575300" cy="3136900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -646,50 +704,3834 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncshiip.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4197654724"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1626276319"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1769016066"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3419890328"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1076201364"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3345853106"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="178905611"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4214936895"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1396566507"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The coinsurance and copayment amounts can and do change annually.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1907401249"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The coinsurance and copayment amounts can and do change annually.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1216680737"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>ONLY FOR USE WHEN CONDUCTING VIRTUAL PRESENTATIONS.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Please delete this slide if conducting an in-person presentation.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="935618036"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1624125359"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2954655525"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2006250114"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="602778123"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1263765542"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="854896995"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2617347401"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>27</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1759488850"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>28</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3873448829"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2336922145"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="501815302"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="663176981"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4286526264"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>32</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3589900001"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Legislation has been in place since 2023 with full implementation in 2029.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Capped insulin at $35.00</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Caps out-of-pocket limit for outpatient Part D drugs each year.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Expanded eligibility for Extra Help Program</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Reduced costs and expanded coverage for vaccines covered under Medicare</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Introduced Medicare Drug Price Negotiation Program</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>33</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2845764207"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>34</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="815906191"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>35</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2693547244"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Preventive services are notated in the Medicare &amp; You handbook with a blue apple. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>36</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1234724892"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>You will need certain information to create a Medicare.gov account:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>-   MBI (Medicare number)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Effective dates found on your Medicare card</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Active email address</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Requires MFA (multi-factor authorization)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>37</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4205313788"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>A list of county SHIIP coordinating sites can be found on the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>www.ncshiip.com</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> website under Find Local SHIIP Help.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>38</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2325970586"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>39</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="115728132"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1739460905"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>40</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2470441239"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>41</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2415284587"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter: You may want to discuss the different logos for each entity listed above, so participants are aware of them when receiving mail. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>IE: Apple for State Health Plan</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2634910102"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="899782098"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="281002216"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3714141194"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5FB445FE-19CA-4E28-981B-5A9411E41709}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2750263190"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -837,51 +4679,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCE7513F-9F2E-45E2-A16F-4B80F99992AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F997871-6138-4BF0-8EE0-A3299901A2E0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1035,51 +4877,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8326EE7-43B2-4997-A993-BD951BFCFB25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C55F5520-21DE-4932-9638-10C5CAC4E0FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1243,51 +5085,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3696E68-E986-49FC-85DF-C8073A46C633}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6712856B-7AF2-4F19-ACBE-F955389D5A63}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1441,51 +5283,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2E20BFD-9D32-4881-8896-412060DD83B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD458F79-9EFB-4EE3-BE16-0E3B7BD7A9BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1716,51 +5558,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6865111-FEAF-4B33-B46A-07294156C6DE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A5B3AB1-4E5F-48DE-9323-E995DADAD788}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1981,51 +5823,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E3F3C0B-2764-4EF9-8505-D3D9A52A86C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9011567-C877-45ED-B11E-EDB6583CE30A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2393,51 +6235,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5DF0376-6B22-479D-BC68-1235C33BE9AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8B9A7A2-ACF3-4829-A920-6936105D0D01}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2534,51 +6376,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49E85FE3-1BE0-4126-8F4B-33D89F235935}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC50074F-684B-4AD8-82AD-A3D6CFB2A8E0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2647,51 +6489,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD111068-2611-4653-8D4F-00BA6CDEFF5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B271471-3A38-4F3B-9A8D-589E0DE6096C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2958,51 +6800,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C57E38C-4F04-4EFE-8C41-0621C7B12EE3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FA74887-6691-46C1-AE0D-1D467FB92048}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3246,51 +7088,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC9E2D29-FBE1-426C-B328-DE4D3D22E13C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53459529-3986-4CEF-945E-6A169684CFEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3491,51 +7333,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{14E54393-3049-45E2-8302-38841EDB40DE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6/27/2025</a:t>
+              <a:t>1/26/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1559DD9E-70EC-407A-8292-1DA0090B9B46}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3892,348 +7734,748 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssa.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssa.gov/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/volunteer-charity-cloud-community-1326758/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncshiip.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ssa.gov/ICON/main.jsp" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssa.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/volunteer-charity-cloud-community-1326758/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ssa.gov/ICON/main.jsp" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ssa.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncshiip.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncshiip.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncshiip.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2970B1A5-16EB-34D2-658D-A9FB11372CEA}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93552E6F-CDCE-7B95-1829-91280D81E455}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1523999" y="1762126"/>
+            <a:ext cx="9144001" cy="1264854"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Medicare 101:  The Basics</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Subtitle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C1675F4-F2B7-8C1E-D05E-46197D02F3AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3216166"/>
+            <a:ext cx="9144000" cy="2041634"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>(Insert presenter’s name and title)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>(Insert presenter’s contact information – optional)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1114650199"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4DEA422-ED8B-43A3-A7B4-9796581BA5F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
-[...23 lines deleted...]
-          <p:cNvPr id="5" name="Subtitle 4">
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="234594" y="127000"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Special Enrollment Period (SEP)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4855E119-C2C2-4C37-8774-40EA8B94C758}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50F8B45-D603-492A-A42A-77F0DEC18D62}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524000" y="4085438"/>
-            <a:ext cx="9144000" cy="1172361"/>
+            <a:off x="755002" y="1140472"/>
+            <a:ext cx="10506269" cy="5012677"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...20 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>I</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>f you didn’t </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>enroll in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Part B (or Part A, if you have to buy it) when you were first eligible </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>because you had an Employer Group </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>H</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ealth </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>lan (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>EGHP) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>based on current employment, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>you can sign up for Medicare Part A and/or Part B</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>:	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>After your Initial Enrollment Period is over</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Anytime you’re still covered by the EGHP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>During the eight-month period that begins the month after the employment ends, or the EGHP ends, whichever happens first</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>If you enroll in Medicare Part A and/or Part B during an SEP, the Part B LEP will not apply </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(NOTE:  Forms CMS-40B and CMS-L564 will need to be completed and submitted to SSA.)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="211D1E"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Speak to your HR Benefits Officer to discuss whether your EGHP or Medicare will be primary.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>There may be other circumstances where you may be able to enroll in Medicare during a SEP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(NOTE:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>You should enroll in Medicare - before losing your EGHP - to avoid gaps in coverage. You do not qualify for this SEP if you are in your IEP.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Gotham Book"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="5400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="5400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="5100" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2322737223"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1512820621"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -4316,51 +8558,51 @@
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Medicare entitlement, eligibility and enrollment is handled by the Social Security Administration(SSA)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3000" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Can be completed online at </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3000" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId3"/>
+                <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>www.ssa.gov</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3000" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
@@ -4461,136 +8703,136 @@
             <a:pPr lvl="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="5100" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4111084180"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Content Placeholder 8" descr="Graphical user interface, application&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C14042F-DD49-597C-6CD1-65AC85EEEE1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1140542" y="174728"/>
             <a:ext cx="9853639" cy="5542672"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1747837843"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -4609,1637 +8851,1511 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="0"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Your Medicare Coverage Choices</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...4 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Content Placeholder 8" descr="A close-up of a sign&#10;&#10;Description automatically generated">
+          <p:cNvPr id="5" name="Content Placeholder 4" descr="Graphical user interface, application&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{098B135F-72AB-34FF-DDD9-6CCCEED77E48}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91C065EB-2F66-C614-77C5-CE62505F8650}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+        <p:blipFill>
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="5772" t="28805" r="6149" b="3212"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2647949" y="1514406"/>
-            <a:ext cx="6896101" cy="4154989"/>
+            <a:off x="3500433" y="707923"/>
+            <a:ext cx="5219754" cy="5044089"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...159 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2231739944"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD37F9C7-0413-108C-50C4-23C7EDC35DDA}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D55BE1A-E882-3C39-29C4-E98F86C280C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="0"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Your Medicare Coverage Choices</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 4" descr="Graphical user interface, application&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4A01B38-A385-05A9-8D0B-30A54370BDFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3500433" y="707923"/>
+            <a:ext cx="5219754" cy="5044089"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Arrow: Down 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6470E5F3-B46E-3F1C-F966-954F0D9154EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4565828" y="536953"/>
+            <a:ext cx="329184" cy="374904"/>
+          </a:xfrm>
+          <a:prstGeom prst="downArrow">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="123031237"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Title 1">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5455A0C6-A2B1-6E4A-D151-C9782048C64C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="0"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="234594" y="-49340"/>
+            <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Your Medicare Coverage Choices</a:t>
-[...18 lines deleted...]
-          <p:cNvPr id="9" name="Content Placeholder 8" descr="A close-up of a sign&#10;&#10;Description automatically generated">
+              <a:t>What Does Original Medicare Cover?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{098B135F-72AB-34FF-DDD9-6CCCEED77E48}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9635BCF2-0FE1-3B87-E4A2-5ABA93941A2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...16 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2647949" y="1514406"/>
-            <a:ext cx="6896101" cy="4154989"/>
+            <a:off x="838200" y="1160056"/>
+            <a:ext cx="5014361" cy="823912"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="1CADE4"/>
+          </a:solidFill>
         </p:spPr>
-      </p:pic>
-[...2 lines deleted...]
-          <p:cNvPr id="10" name="Arrow: Down 9">
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Medicare Part A</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B9B879A-9C03-3D92-8067-62D67A9928E3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{823DDD4E-BEE4-BEA0-7AA6-096C421B7921}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3956228" y="920411"/>
-            <a:ext cx="473724" cy="499574"/>
+            <a:off x="838201" y="1983968"/>
+            <a:ext cx="5014360" cy="3040960"/>
           </a:xfrm>
-          <a:prstGeom prst="downArrow">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="FF0000"/>
+            <a:srgbClr val="CCE3F5"/>
           </a:solidFill>
         </p:spPr>
-        <p:style>
-[...30 lines deleted...]
-          <p:cNvPr id="11" name="Group 10">
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1"/>
+              <a:t>Inpatient Hospital Coverage</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1"/>
+              <a:t>Skilled Nursing Care in a facility (requires a minimum three-day prior hospitalization)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1"/>
+              <a:t>Home Health Care</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1"/>
+              <a:t>Hospice</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1"/>
+              <a:t>Blood</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93C379F5-8B85-2D39-33FF-A0382E6BD1F7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9424D2C3-F2F6-E79B-7A7A-2C53E1D363C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvGrpSpPr/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="5389616" y="1097456"/>
-[...2 lines deleted...]
-            <a:chExt cx="1234116" cy="917484"/>
+            <a:off x="6170612" y="1160056"/>
+            <a:ext cx="5014360" cy="823912"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...140 lines deleted...]
-      </p:grpSp>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="1CADE4"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Medicare Part B</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0A4F8C7-B00B-4578-1AB8-6A4077F54651}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6170612" y="1983968"/>
+            <a:ext cx="5014360" cy="3040960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="CCE3F5"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t>Outpatient Hospital Coverage</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t>Physician Services</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t>Outpatient Surgery and Services</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Durable Medical Equipment (DME), prosthetics, orthotics and supplies</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t>Home Health Care</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t>Preventative Services</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t>Blood</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EA295AF-3092-69B0-4E50-309B71C40183}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1034463" y="5192981"/>
+            <a:ext cx="10123073" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Medicare benefits are administered by the Centers for Medicare and Medicaid Services (CMS) </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1624472725"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2642614142"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="234594" y="-49340"/>
+            <a:off x="256855" y="365125"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>What Does Original Medicare Cover?</a:t>
-[...6 lines deleted...]
-          <p:cNvPr id="6" name="Text Placeholder 2">
+              <a:t>What Is NOT Covered by Original Medicare?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9635BCF2-0FE1-3B87-E4A2-5ABA93941A2B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1">
-[...2 lines deleted...]
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1160056"/>
-            <a:ext cx="5014361" cy="823912"/>
+            <a:off x="838200" y="1666234"/>
+            <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...4 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+          <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...375 lines deleted...]
-          </a:p>
+          <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="110000"/>
-[...519 lines deleted...]
-            </a:r>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Outpatient Prescription Medications</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Routine Dental Care</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Routine Vision Care and Eyeglasses</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Hearing Aids</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Foreign Travel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Cosmetic Procedures and Treatments</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Long Term Care</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2642614142"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3211486705"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -6253,463 +10369,269 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="256855" y="365125"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>What Is NOT Covered by Original Medicare?</a:t>
-[...204 lines deleted...]
-              </a:rPr>
               <a:t>Medicare Part A and Part B</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Content Placeholder 4" descr="Text&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{573064E7-A649-4281-86D9-2B094EDBB52F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3175013" y="1690688"/>
             <a:ext cx="5988417" cy="3766566"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="408695082"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Content Placeholder 4">
+          <p:cNvPr id="5" name="Content Placeholder 4" descr="Table&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADA4B913-E4BF-9617-732C-7BC587B6F363}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B561687-E8B9-A150-4964-AFBCA74BE1B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2165030" y="78380"/>
-            <a:ext cx="7704624" cy="5668762"/>
+            <a:off x="2121537" y="135968"/>
+            <a:ext cx="7680960" cy="5513664"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="314006162"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
+          <p:cNvPr id="4" name="Picture 3" descr="Table&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6501A61A-FB10-80FE-F000-513D67C49E23}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97757CDD-7594-71FC-5DFC-8EC77B182D1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2282590" y="69787"/>
-            <a:ext cx="7626819" cy="5626109"/>
+            <a:off x="2166073" y="165370"/>
+            <a:ext cx="7680960" cy="5664364"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2822548365"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -6720,155 +10642,191 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="256855" y="365125"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Part B Immunosuppressive Drug Coverage Only</a:t>
-[...9 lines deleted...]
-          <p:cNvPr id="5" name="Content Placeholder 4">
+              <a:t>For Virtual Presentations</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50F8B45-D603-492A-A42A-77F0DEC18D62}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="808121" y="1690688"/>
-            <a:ext cx="10575758" cy="4222833"/>
+            <a:off x="578497" y="2127380"/>
+            <a:ext cx="10804849" cy="4049583"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Thank you for joining today’s presentation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>You are automatically muted and your camera is turned off.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>You will see and hear the host and presenters.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Please ask questions via the Chat Box.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Please type names of anyone who is watching with you. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Please complete the survey at the end – thank you!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-            </a:pPr>
-[...37 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="3100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3955551689"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2141989099"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -6879,133 +10837,155 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="256855" y="365125"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0">
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>What is Medicare?</a:t>
-[...6 lines deleted...]
-          <p:cNvPr id="4" name="Content Placeholder 3">
+              <a:t>Part B Immunosuppressive Drug Coverage Only</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50F8B45-D603-492A-A42A-77F0DEC18D62}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="578497" y="2127380"/>
-            <a:ext cx="10804849" cy="4049583"/>
+            <a:off x="808121" y="1690688"/>
+            <a:ext cx="10575758" cy="4222833"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3100" dirty="0"/>
-[...7 lines deleted...]
-              </a:lnSpc>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
+              <a:t>Certain Medicare enrollees who are 36 months post kidney transplant, and therefore are no longer eligible for full Medicare coverage, can elect to continue Part B coverage of immunosuppressive drugs by paying a premium. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:buNone/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3100" dirty="0"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0"/>
+              <a:t>For 2026, the immunosuppressive drug premium is $121.60 per month.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2141989099"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3955551689"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -7213,136 +11193,137 @@
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3633879744"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="Text&#10;&#10;Description automatically generated with low confidence">
+          <p:cNvPr id="2" name="Picture 1" descr="Table&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D95FD398-CA37-C486-7F89-DDB57D9539EF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41092F5F-C70B-36D4-256C-889F2A746437}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="2331" r="5404" b="31647"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2569779" y="138830"/>
-            <a:ext cx="7052441" cy="5582357"/>
+            <a:off x="2770705" y="117988"/>
+            <a:ext cx="6163156" cy="5774812"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3514007213"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -7564,57 +11545,57 @@
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2928232072"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -7826,57 +11807,57 @@
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="151167085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -8024,400 +12005,515 @@
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2044399470"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E2E2265-E4EF-48C2-A1D2-4A19DC65DF6B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2AE6AC9-CB6F-9C68-AAD9-29435F90B625}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="0"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Your Medicare Coverage Choices</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 4" descr="Graphical user interface, application&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8694407-0616-44F6-703B-B6CFC8037EFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3500433" y="707923"/>
+            <a:ext cx="5219754" cy="5044089"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Arrow: Down 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0447A342-54AA-7523-9873-82C1719995F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7156988" y="627501"/>
+            <a:ext cx="325349" cy="376440"/>
+          </a:xfrm>
+          <a:prstGeom prst="downArrow">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2331652462"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Title 1">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5455A0C6-A2B1-6E4A-D151-C9782048C64C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="0"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Your Medicare Coverage Choices</a:t>
-[...18 lines deleted...]
-          <p:cNvPr id="9" name="Content Placeholder 8" descr="A close-up of a sign&#10;&#10;Description automatically generated">
+              <a:t>Medicare Advantage (MA) Plans - Part C</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{098B135F-72AB-34FF-DDD9-6CCCEED77E48}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...10 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2647949" y="1514406"/>
-            <a:ext cx="6896101" cy="4154989"/>
+            <a:off x="860461" y="1489352"/>
+            <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...213 lines deleted...]
-      </p:grpSp>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Health Plan options approved by Medicare</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Another way to get your Medicare coverage</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Provides medical benefits and, usually, a prescription drug benefit</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>When you enroll in an MA Plan, you are still in the Medicare Program, you are just no longer in Original Medicare</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Offered by private companies who are contracted with the Centers for Medicare and Medicaid Services (CMS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Medicare pays the Plan an amount for each member’s care</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>May have to use network healthcare providers (doctors, hospitals etc.)  ALWAYS check with your healthcare providers regarding “Plan contracting”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Plans’ availability varies from county to county</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>There is an additional opportunity to change Medicare Advantage Plans each year</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>January 1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="30000" dirty="0"/>
+              <a:t>st</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> through March 31</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="30000" dirty="0"/>
+              <a:t>st</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> (MAOEP)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>NOTE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>:  If you join a Medicare Advantage Plan, you cannot use, and you cannot be sold, a Medigap policy.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1470374779"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4217216856"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -8431,4241 +12527,4016 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="256855" y="365125"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Medicare Advantage (MA) Plans - Part C</a:t>
+              <a:t>When and How Can You Enroll into a Medicare Advantage Plan?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="860461" y="1489352"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="860461" y="1576874"/>
+            <a:ext cx="10756151" cy="4624544"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Health Plan options approved by Medicare</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>During your Medicare Initial Enrollment Period (IEP) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Another way to get your Medicare coverage</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>      For persons who are age 65 and over, and who are disabled, under 65</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>       Coverage effective date will depend on the month that you enroll</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Provides medical benefits and, usually, a prescription drug benefit</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>During the annual Medicare Open Enrollment Period (OEP) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      October 15</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" baseline="30000" dirty="0"/>
+              <a:t>th</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> through December 7</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" baseline="30000" dirty="0"/>
+              <a:t>th</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> each year </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      Coverage will begin on January 1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" baseline="30000" dirty="0"/>
+              <a:t>st</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> of the following year</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>When you enroll in an MA Plan, you are still in the Medicare Program, you are just no longer in Original Medicare</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1">
+              <a:t>During the Medicare Advantage Open Enrollment Period (MAOEP)    </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      January 1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" baseline="30000" dirty="0"/>
+              <a:t>st</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> through March 31</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" baseline="30000" dirty="0"/>
+              <a:t>st</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> each year </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      Coverage will begin the first day of the month following the month the Plan receives         </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      the request to enroll</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Offered by private companies who are contracted with CMS</a:t>
-[...3 lines deleted...]
-            <a:pPr>
+              <a:t>Based on a Special Enrollment Period (SEP), but you must qualify    </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
-            </a:pPr>
-[...69 lines deleted...]
-              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>       (For example, moving to a different county or state, or qualifying for Extra Help, etc.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" lvl="1" indent="0">
-[...22 lines deleted...]
-            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4217216856"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3096063059"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="256855" y="365125"/>
+            <a:off x="256855" y="184150"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>When and How Can You Enroll into a Medicare Advantage Plan?</a:t>
-[...6 lines deleted...]
-          <p:cNvPr id="5" name="Content Placeholder 4">
+              <a:t>Original Medicare vs. Medicare Advantage Plans</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Content Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B19743B-1FBB-4B25-B7C5-20E8F835FCF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4"/>
+          <a:srcRect b="6316"/>
+          <a:stretch/>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="860461" y="1576874"/>
-            <a:ext cx="10756151" cy="4624544"/>
+            <a:off x="1918792" y="1148593"/>
+            <a:ext cx="8602065" cy="4560814"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...225 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3096063059"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="940469312"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88818488-1D3D-070F-424A-53CD7AD60F58}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76185AA1-8E86-10E2-06B3-B2A04F9B15BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>What is Medicare?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18813776-8890-CA92-A27B-F59A377AEBE8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="578497" y="2127380"/>
+            <a:ext cx="10804849" cy="4049583"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" dirty="0"/>
+              <a:t>Federally-funded individual health insurance program that provides coverage for medically-necessary procedures, services, medical supplies and equipment</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="3100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3764568820"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="256855" y="184150"/>
-[...111 lines deleted...]
-          <a:xfrm>
             <a:off x="256855" y="88900"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Differences between Medigap Plans and Medicare Advantage Plans</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="table">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99B1FBD6-ED08-4ABF-8121-5A5C2B2E6906}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1352213" y="1377950"/>
             <a:ext cx="9677737" cy="4368386"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4249920340"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="256855" y="365125"/>
+            <a:off x="256855" y="279400"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Who is Eligible?</a:t>
-[...6 lines deleted...]
-          <p:cNvPr id="4" name="Content Placeholder 3">
+              <a:t>Medicaid and Medicare Savings Programs</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50F8B45-D603-492A-A42A-77F0DEC18D62}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1615900"/>
-            <a:ext cx="10515600" cy="4351338"/>
+            <a:off x="860461" y="1489352"/>
+            <a:ext cx="10513392" cy="4205595"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
-[...16 lines deleted...]
-              </a:lnSpc>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Assistance is available for people with limited incomes and resources/assets</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Eligibility is determined by the county Department of Social Services (DSS) in </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0">
-[...24 lines deleted...]
-              </a:lnSpc>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>   which the person resides</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>In addition to full Medicaid, there are three Medicare Savings Programs (MSPs) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0">
-[...24 lines deleted...]
-              </a:lnSpc>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>   with different levels of assistance - for those who are eligible for Medicare, who   </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0">
-[...32 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>   do not meet the full Medicaid income and resources/assets requirements (QMB,   </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>   SLMB, and QI-1)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>     </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>For the Medicare Savings Programs, income determines the level of assistance</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      Assets/resource limits are the same for all three levels</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      Can reduce or eliminate monthly Part A and Part B premiums, deductibles, and </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>      coinsurance amounts</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Automatic eligibility for Extra Help for any level of Medicaid or MSP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1366675669"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="681857129"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="256855" y="279400"/>
-[...241 lines deleted...]
-          <a:xfrm>
             <a:off x="256855" y="365125"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Does Medicare Cover Preventive Care?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A206BE5D-2876-485D-B2DB-03409C0ABF75}"/>
-              </a:ext>
-[...28 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5272962F-9349-9FF9-2523-E2C4E818FC82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1661225" y="1227618"/>
-            <a:ext cx="3435224" cy="4533369"/>
+            <a:off x="5176534" y="2553230"/>
+            <a:ext cx="1215231" cy="1103302"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2062E0EE-FD27-B03A-06E8-3B4D8E2258D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6959449" y="1295464"/>
-            <a:ext cx="3501479" cy="4465523"/>
+            <a:off x="7189078" y="1295464"/>
+            <a:ext cx="3363487" cy="4289539"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D5A58C-6ACA-860C-D390-1E2F7D81BE1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1745191" y="1295464"/>
+            <a:ext cx="3363487" cy="4353075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1122447857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55F9C155-4CB1-9815-0F54-EBA8625C2A0F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05C135BC-D4E5-7CD6-ADED-3B09A816EC79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="234593" y="-205150"/>
-            <a:ext cx="11722812" cy="1325563"/>
+            <a:off x="838199" y="365125"/>
+            <a:ext cx="10620375" cy="787399"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" algn="ctr">
-[...6 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:effectLst/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Inflation Reduction Act (IRA) and Medicare</a:t>
-[...14 lines deleted...]
-          <p:cNvPr id="3" name="Picture 2" descr="Text&#10;&#10;Description automatically generated with low confidence">
+              <a:t>Medicare Drug Price Negotiation Program</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A81A266A-674B-9137-5626-7C993603483F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B2576A6-7698-8CC0-E523-CFB6FA3CC20D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...9 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2271251" y="930979"/>
-            <a:ext cx="7235673" cy="3821672"/>
+            <a:off x="838201" y="2444750"/>
+            <a:ext cx="5181600" cy="3279775"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Eliquis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Enbrel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Entresto</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Farxiga</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Fiasp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Fiasp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> Flex Touch, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Fiasp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>PenFill</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, NovoLog </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>FlexPen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> and NovoLog </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>PenFill</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC1F2367-0DC3-82ED-166E-E4465AFD1AE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="2444750"/>
+            <a:ext cx="5181600" cy="3279775"/>
+          </a:xfrm>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Imbruvica</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Januvia</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Jardiance</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Stelara</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Xarelto</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{586A8FDA-8452-11DE-36B6-27588D7EE38B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C10FD4D5-E57F-8294-ECBF-D55A1AE5CC26}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="341024" y="4752651"/>
-            <a:ext cx="11048871" cy="968278"/>
+            <a:off x="471268" y="875308"/>
+            <a:ext cx="11206381" cy="1477328"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0">
-[...51 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Created by the Inflation Reduction Act and empowers the government to negotiate lower prices for certain high-cost, single source drugs covered by Medicare Parts B &amp; D</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Negotiated drugs for 2026</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1693751113"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3628340248"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C076927A-DE9C-3F80-C0DB-9EF55B59E67B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{633038AC-D975-BA41-4335-D05F2F652007}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="256855" y="212725"/>
             <a:ext cx="7601270" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>NC Senior Medicare Patrol (NCSMP) Program</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{843C3713-6870-1079-8C74-7B0DA4D210AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="920262" y="1600645"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0" eaLnBrk="1" hangingPunct="1">
-              <a:buNone/>
+            <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>The goal of the NCSMP program is to empower all Medicare beneficiaries to prevent health care fraud, waste and abuse through education and outreach.  NCSMP Counselors are comprised of retired professionals, senior citizens and partnering human service agencies staff.  Their mission is to provide education about Medicare error(s), fraud, waste and abuse.</a:t>
-            </a:r>
+              <a:t>The goal of the NCSMP program is to empower all Medicare beneficiaries to prevent health care fraud, waste and abuse through education and outreach.  NCSMP counselors are comprised of retired professionals, senior citizens and partnering human service agencies staff.  Their mission is to provide education about Medicare error(s), fraud, waste and abuse.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>All SHIIP counselors are cross-trained NCSMP counselors.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" eaLnBrk="1" hangingPunct="1">
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" eaLnBrk="1" hangingPunct="1">
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr/>
-[...67 lines deleted...]
-          <a:p>
+            </a:pPr>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93FE17C1-C2B5-44D4-A282-A2F88E35F17A}"/>
-[...2165 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE271284-F49A-E612-B351-A65AF807D0B2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD61C9FD-2A34-57E2-63F2-74795EE5E5D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8120268" y="-76637"/>
             <a:ext cx="3870512" cy="1935256"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2587664206"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="214107745"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="256855" y="365125"/>
+            <a:ext cx="7884415" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>NC Senior Medicare Patrol (NCSMP) Program</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1917191"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>$60 billion is lost each year to Medicare fraud nationally</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0F647B"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>PROTECT</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>yourself against Medicare fraud</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>DETECT</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>potential Medicare fraud, errors and abuse</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>REPORT</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0F647B"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>suspected Medicare fraud, errors and abuse </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>to NCSMP at 855-408-1212</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08632F3D-8DAF-B1AF-94E8-9256A71BA349}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8120268" y="-76637"/>
+            <a:ext cx="3870512" cy="1935256"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3018159694"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="307975"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Medicare.gov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="860461" y="1422677"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>When you visit Medicare.gov, you will be able to:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Find information about Medicare health and drug Plans in your area,    </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>      including what they cost and the services they provide</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Find Medicare-participating doctors and/or other healthcare providers and suppliers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>See the benefits and services covered by Medicare, including preventive services </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Find Medicare Appeals information and forms</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Find information about the quality of care provided by Plans, nursing homes, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>      hospitals, doctors, home health agencies, dialysis facilities, hospice providers,    </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>      inpatient rehabilitation facilities and long-term care hospitals</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Find additional resources, including important and helpful websites and phone </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>      numbers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2663001389"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Medicare.gov Account</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="860461" y="1489352"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>If you create a Medicare.gov account, you will be able to:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Add your current prescriptions and pharmacies in your area to help you better compare health and drug Plans</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sign up to go paperless – receive your yearly “Medicare and You” handbook </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>     and Medicare Summary Notices (MSNs) electronically</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>View your Original Medicare (Part A and Part B) claims as soon as they are </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>     processed</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Print a copy of your Original Medicare card</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>See a calendar of preventive services that you are eligible to receive under </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>     Original Medicare (Part B)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Learn about your Medicare premiums and pay them online if you receive a </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>     statement</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1657281543"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Interested in Becoming a SHIIP Volunteer?</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>We would </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>LOVE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> to have you as a member of our SHIIP Crew!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7" descr="Text&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3F1D67E-1B92-4C57-8A01-8BDA9AE97FAB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6489290" y="1505733"/>
+            <a:ext cx="4950041" cy="3474450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 2" descr="SHIIP Volunteer">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09ADBE3E-5AA7-47D6-A688-EA2B2EF973B3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="561655" y="1638299"/>
+            <a:ext cx="4374139" cy="3289353"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8C2C690-13FA-ED11-4553-9DBF2162885A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2352368" y="5098174"/>
+            <a:ext cx="7034981" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0"/>
+              <a:t>Contact your county’s SHIIP Coordinating Site</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1784598276"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11614303" cy="1022517"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Where Can You Get Help?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="860461" y="1489352"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Seniors’ Health Insurance Information Program (SHIIP) and </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>   North Carolina Senior Medicare Patrol (NCSMP)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>855-408-1212 (toll free)  Monday through Friday, 8 AM until 5 PM</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>www.ncshiip.com</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Medicare</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>800-633-4227 (nationwide, toll free)  24 hours/day, 7 days/week</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>www.medicare.gov</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Social Security Administration</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>800-772-1213 (nationwide, toll free)  Monday through Friday, 8 AM until 7 PM</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>www.ssa.gov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> or contact your local office:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>https://secure.ssa.gov/ICON/main.jsp</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2228838956"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Who is Eligible?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50F8B45-D603-492A-A42A-77F0DEC18D62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1615900"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Anyone age 65 or older who participates in Social Security or the </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   Railroad Retirement System</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Employees of Federal, State or Local Governments, or those whose </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   spouse has participated</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Individuals who are under age 65 who have been awarded Social Security or </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   Railroad Retirement Disability after 24 months</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Those who are disabled due to ALS (Lou Gehrig’s Disease) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Individuals with End-Stage Renal Disease (ESRD)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1366675669"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Where Can You Get Help?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DD0F3D8-ECFF-4882-91C0-F29104B980D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="860461" y="1489352"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>“</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Medicare and You</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>” Handbook</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>Remember, this is the owner’s manual for people who are on Medicare</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A61A8D97-73BC-8148-F08F-3C545526C55C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4635876" y="1390115"/>
+            <a:ext cx="2708822" cy="3505798"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3952977870"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39AC305F-D36B-40F9-8FA6-4AD19DDF53D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1165225"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0"/>
+              <a:t>Questions?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E8AF96A-33C3-46A7-941C-212324D3C598}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="2625725"/>
+            <a:ext cx="10515600" cy="3067050"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0"/>
+              <a:t>Contact SHIIP and NCSMP </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>855-408-1212</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>(Monday through Friday, 8:00 AM to 5:00 PM)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>www.ncshiip.com</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE271284-F49A-E612-B351-A65AF807D0B2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8120268" y="-76637"/>
+            <a:ext cx="3870512" cy="1935256"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2587664206"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
+            <a:ext cx="11722812" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Administration and Enrollment</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50F8B45-D603-492A-A42A-77F0DEC18D62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1838131"/>
+            <a:ext cx="10890380" cy="4254942"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medicare is administered by the Centers for Medicare and </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   Medicaid Services (CMS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>CMS is a branch of the Department of Health and Human </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   Services (DHHS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The Social Security Administration (SSA) is responsible for </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   Medicare eligibility and enrollment</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3043333636"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{907C7824-687A-4B73-B906-42B79578BAE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256855" y="365125"/>
             <a:ext cx="11722812" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000" b="1" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Do I Need to Enroll into Medicare Part A and Part B (“Original Medicare”)?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 8" descr="medicare penalties and deadlines man image">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F7C9594-06AE-4194-8490-EE034F6DF2AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3617987" y="1814683"/>
             <a:ext cx="4956025" cy="3816139"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4102934235"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -12996,57 +16867,57 @@
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="5500" i="1" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2914923802"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13117,93 +16988,100 @@
           <a:p>
             <a:pPr lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>If turning 65, and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" u="sng" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>not</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> collecting Social Security Retirement benefits </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0">
+              <a:t> collecting Social </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Security Retirement benefits </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(you are not automatically enrolled)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Seven-month period to enroll into Original Medicare without penalty:  three months </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>      before, the month of, and three months after your 65</a:t>
+              <a:t>   before, the month of, and three months after your 65</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" baseline="30000" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>th</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> birth month:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
@@ -13217,138 +17095,158 @@
             <a:pPr marL="0" lvl="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2200" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2200" dirty="0">
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>NOTE:  If your birthday is on the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>first day </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>of the month, your Medicare coverage begins on the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
+              <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0">
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>first day of the prior month</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" i="1" dirty="0">
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Picture 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F612FB-57B7-69C8-855C-D481597ECCA0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1780573" y="2938394"/>
             <a:ext cx="8630854" cy="981212"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3375784174"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill dpi="0" rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:lum/>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13405,51 +17303,51 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1366683"/>
             <a:ext cx="10515600" cy="4591665"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>For those who do not qualify for Automatic Enrollment, and who do not enroll during their Medicare IEP, there is another opportunity to enroll each year</a:t>
+              <a:t>For those who do not qualify for Automatic Enrollment, and who do not enroll during their Medicare Initial Enrollment Period, there is another opportunity to enroll each year</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Begins January 1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" baseline="30000" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>st</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -13519,515 +17417,50 @@
               <a:rPr lang="en-US" sz="3400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>10% Part B premium penalty, for one’s lifetime, for each 12-month period without Part B coverage</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="5100" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="539093027"/>
-      </p:ext>
-[...463 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1512820621"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -14606,123 +18039,124 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2638</Words>
+  <Words>2917</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>277</Paragraphs>
-[...1 lines deleted...]
-  <Notes>0</Notes>
+  <Paragraphs>359</Paragraphs>
+  <Slides>41</Slides>
+  <Notes>41</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>40</vt:i4>
+        <vt:i4>41</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="48" baseType="lpstr">
+    <vt:vector size="49" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>Gotham Bold</vt:lpstr>
       <vt:lpstr>Gotham Book</vt:lpstr>
       <vt:lpstr>Gotham-Book</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Medicare 101: The Basics</vt:lpstr>
+      <vt:lpstr>Medicare 101:  The Basics</vt:lpstr>
+      <vt:lpstr>For Virtual Presentations</vt:lpstr>
       <vt:lpstr>What is Medicare?</vt:lpstr>
       <vt:lpstr>Who is Eligible?</vt:lpstr>
       <vt:lpstr>Administration and Enrollment</vt:lpstr>
       <vt:lpstr>Do I Need to Enroll into Medicare Part A and Part B (“Original Medicare”)?</vt:lpstr>
       <vt:lpstr>Automatic Enrollment</vt:lpstr>
       <vt:lpstr>Initial Enrollment Period (IEP)</vt:lpstr>
       <vt:lpstr>General Enrollment Period (GEP)</vt:lpstr>
       <vt:lpstr>Special Enrollment Period (SEP)</vt:lpstr>
       <vt:lpstr>How Do I Enroll in Medicare Part A and Part B?</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>Your Medicare Coverage Choices (there are two options)</vt:lpstr>
-      <vt:lpstr>Your Medicare Coverage Choices (there are two options)</vt:lpstr>
+      <vt:lpstr>Your Medicare Coverage Choices </vt:lpstr>
+      <vt:lpstr>Your Medicare Coverage Choices </vt:lpstr>
       <vt:lpstr>What Does Original Medicare Cover?</vt:lpstr>
       <vt:lpstr>What Is NOT Covered by Original Medicare?</vt:lpstr>
       <vt:lpstr>Medicare Part A and Part B</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Part B Immunosuppressive Drug Coverage Only</vt:lpstr>
       <vt:lpstr>Medicare Supplement (Medigap Plans)</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Medicare Prescription Drug Coverage – Part D</vt:lpstr>
       <vt:lpstr>When Can I Enroll into a Part D Plan?</vt:lpstr>
       <vt:lpstr>Part D Extra Help Program</vt:lpstr>
-      <vt:lpstr>Your Medicare Coverage Choices (there are two options)</vt:lpstr>
+      <vt:lpstr>Your Medicare Coverage Choices </vt:lpstr>
       <vt:lpstr>Medicare Advantage (MA) Plans - Part C</vt:lpstr>
       <vt:lpstr>When and How Can You Enroll into a Medicare Advantage Plan?</vt:lpstr>
       <vt:lpstr>Original Medicare vs. Medicare Advantage Plans</vt:lpstr>
       <vt:lpstr>Differences between Medigap Plans and Medicare Advantage Plans</vt:lpstr>
       <vt:lpstr>Medicaid and Medicare Savings Programs</vt:lpstr>
       <vt:lpstr>Does Medicare Cover Preventive Care?</vt:lpstr>
-      <vt:lpstr>Inflation Reduction Act (IRA) and Medicare</vt:lpstr>
+      <vt:lpstr>Medicare Drug Price Negotiation Program </vt:lpstr>
       <vt:lpstr>NC Senior Medicare Patrol (NCSMP) Program</vt:lpstr>
       <vt:lpstr>NC Senior Medicare Patrol (NCSMP) Program</vt:lpstr>
       <vt:lpstr>Medicare.gov</vt:lpstr>
       <vt:lpstr>Medicare.gov Account</vt:lpstr>
       <vt:lpstr>Interested in Becoming a SHIIP Volunteer? We would LOVE to have you as a member of our SHIIP Crew!</vt:lpstr>
       <vt:lpstr>Where Can You Get Help?</vt:lpstr>
       <vt:lpstr>Where Can You Get Help?</vt:lpstr>
       <vt:lpstr>Questions?</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Title Slide Here</dc:title>
   <dc:creator>Redick, Cory</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>