--- v0 (2026-02-05)
+++ v1 (2026-02-27)
@@ -4,202 +4,214 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Web Page Documents\CCRC\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\CCRF\CCRC\Facility\1. Master Folder\Forms\Copies of forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BD711634-B0C7-432B-8467-3C5A0F6C1E89}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="rnxBYPXK842sbueiUIOQS8wsJrYVaEQY5YspJJTyhg/bGV/tKwAGqUrGE/ILHbyqRV3k+/WTsnmCpQuPa0DjGw==" workbookSaltValue="GxlqTqM45TqI478cB5bACA==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EDE7039D-3881-4D42-9BE8-4CD1DE0C1A12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="0dOXwGgfuwfvzGoGqKTgiLWfb0lfnldrN7N1zhF5MIoqoHTOAmcJ9sjwwBCQy1rBCteH+N69023FD2G1ShS1dA==" workbookSaltValue="5k1BL0HlByGhLAPI4+7efA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-14220" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Occupancy Report" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Occupancy Report'!$A$1:$M$59</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
   <si>
     <t>Name of Provider:</t>
   </si>
   <si>
     <t>Signature</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>Number of Residents</t>
   </si>
   <si>
     <t>Independent Living Units</t>
   </si>
   <si>
     <t>Occupied Living Unit Days</t>
   </si>
   <si>
-    <t>Occupancy Rate</t>
-[...1 lines deleted...]
-  <si>
     <t>Assisted Living Units</t>
   </si>
   <si>
     <t>Skilled Nursing Beds</t>
   </si>
   <si>
     <t>Living Unit Days Available</t>
   </si>
   <si>
     <t>=A/B</t>
   </si>
   <si>
     <t>Total Living Units</t>
   </si>
   <si>
     <t>Name of CCRC:</t>
   </si>
   <si>
-    <t>For the 12-month Period:</t>
-[...4 lines deleted...]
-  <si>
     <t>Under the penalties of perjury, I certify that I have reviewed this occupancy report, and to the best of my knowledge and belief it is true, correct and complete. I am a duly authorized officer of the Provider, and I am authorized to certify this report on behalf of the Provider.</t>
-  </si>
-[...12 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>Submit to</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">:  </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>SpecialEntitiesSubmissions@ncdoi.gov</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (or as otherwise required by the NC Department of Insurance)</t>
     </r>
   </si>
   <si>
-    <t>Current Month Daily Average</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">CCRC Occupancy Report for:   __/__/__fiscal year end  OR    __/__/__quarter end </t>
+    <t xml:space="preserve">Current Month </t>
+  </si>
+  <si>
+    <t>Past 12 Months</t>
+  </si>
+  <si>
+    <t>Current Month</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Past 12 Months </t>
+  </si>
+  <si>
+    <t>Daily Average Occupancy Rate</t>
+  </si>
+  <si>
+    <r>
+      <t>The Department shall use the 12-month daily average independent living unit occupancy rate as the basis for computing the</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFED0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> operating reserve</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFED0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> required pursuant to G.S. 58-64A-245 on the CCRC-02 and CCRC-02Q.</t>
+    </r>
+  </si>
+  <si>
+    <t>CCRC Occupancy Report for Reporting Period End Date:  ____/____/_____</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Aptos"/>
@@ -248,119 +260,121 @@
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="18"/>
-[...4 lines deleted...]
-    <font>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="10"/>
+      <color rgb="FFED0000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
       <color rgb="FFED0000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.24994659260841701"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -473,126 +487,154 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="4" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="4" tint="-0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="4" tint="-0.499984740745262"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="4" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FFFF0000"/>
+      </left>
+      <right style="thick">
+        <color rgb="FFFF0000"/>
+      </right>
+      <top style="thick">
+        <color rgb="FFFF0000"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FFFF0000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -787,53 +829,53 @@
           <a:r>
             <a:rPr lang="en-US" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>" is the maximum number of living unit days that would have been provided if all available living units were filled during the given time period. The total shall equal the sum of all living units, minus any living units that are unavailable for occupancy, on each day for the given time period.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>342553</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>6350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
-      <xdr:colOff>250681</xdr:colOff>
+      <xdr:colOff>262111</xdr:colOff>
       <xdr:row>13</xdr:row>
-      <xdr:rowOff>92075</xdr:rowOff>
+      <xdr:rowOff>80645</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE2BFB68-EA05-8BE2-9BA8-3D8536B567CD}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
@@ -1219,750 +1261,746 @@
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A14:W59"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showWhiteSpace="0" zoomScale="130" zoomScaleNormal="130" zoomScalePageLayoutView="120" workbookViewId="0">
-      <selection activeCell="B55" sqref="B55:L55"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showWhiteSpace="0" view="pageLayout" topLeftCell="A45" zoomScale="120" zoomScaleNormal="130" zoomScalePageLayoutView="120" workbookViewId="0">
+      <selection activeCell="B15" sqref="B15:L15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="10.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="1"/>
-    <col min="2" max="2" width="3.28515625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="9.33203125" style="1"/>
+    <col min="2" max="2" width="3.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="34" style="1" customWidth="1"/>
-    <col min="4" max="4" width="16.28515625" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="16384" width="9.28515625" style="1"/>
+    <col min="4" max="4" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="2.6640625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="16.1640625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="2.6640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="2.6640625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11" max="11" width="2.6640625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.2">
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
       <c r="I14" s="5"/>
       <c r="J14" s="5"/>
       <c r="K14" s="5"/>
       <c r="L14" s="5"/>
     </row>
-    <row r="15" spans="1:23" s="3" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:23" s="3" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="14"/>
-      <c r="B15" s="36" t="s">
+      <c r="B15" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="36"/>
-[...8 lines deleted...]
-      <c r="L15" s="36"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="37"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="37"/>
+      <c r="G15" s="37"/>
+      <c r="H15" s="37"/>
+      <c r="I15" s="37"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="37"/>
+      <c r="L15" s="37"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="2"/>
     </row>
-    <row r="16" spans="1:23" s="3" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:23" s="3" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="15"/>
       <c r="C16" s="15"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
       <c r="K16" s="15"/>
       <c r="L16" s="15"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
       <c r="Q16" s="4"/>
       <c r="R16" s="4"/>
       <c r="S16" s="4"/>
       <c r="T16" s="4"/>
       <c r="U16" s="4"/>
       <c r="V16" s="4"/>
     </row>
-    <row r="17" spans="1:20" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:20" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4"/>
       <c r="B17" s="17"/>
       <c r="C17" s="17"/>
       <c r="D17" s="17"/>
       <c r="E17" s="17"/>
       <c r="F17" s="17"/>
       <c r="G17" s="17"/>
       <c r="H17" s="17"/>
       <c r="I17" s="17"/>
       <c r="J17" s="17"/>
       <c r="K17" s="17"/>
       <c r="L17" s="17"/>
     </row>
-    <row r="18" spans="1:20" s="3" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:20" s="3" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="19"/>
-      <c r="D18" s="38"/>
-[...7 lines deleted...]
-      <c r="L18" s="38"/>
+      <c r="D18" s="39"/>
+      <c r="E18" s="39"/>
+      <c r="F18" s="39"/>
+      <c r="G18" s="39"/>
+      <c r="H18" s="39"/>
+      <c r="I18" s="39"/>
+      <c r="J18" s="39"/>
+      <c r="K18" s="39"/>
+      <c r="L18" s="39"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
     </row>
-    <row r="19" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="18" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C19" s="19"/>
-      <c r="D19" s="39"/>
-[...7 lines deleted...]
-      <c r="L19" s="39"/>
+      <c r="D19" s="40"/>
+      <c r="E19" s="40"/>
+      <c r="F19" s="40"/>
+      <c r="G19" s="40"/>
+      <c r="H19" s="40"/>
+      <c r="I19" s="40"/>
+      <c r="J19" s="40"/>
+      <c r="K19" s="40"/>
+      <c r="L19" s="40"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
     </row>
-    <row r="20" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      </c>
+    <row r="20" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="18"/>
       <c r="C20" s="19"/>
-      <c r="D20" s="39" t="s">
-[...11 lines deleted...]
-    <row r="21" spans="1:20" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D20" s="41"/>
+      <c r="E20" s="41"/>
+      <c r="F20" s="41"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="41"/>
+      <c r="I20" s="41"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="41"/>
+    </row>
+    <row r="21" spans="1:20" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="20"/>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
       <c r="G21" s="20"/>
       <c r="H21" s="20"/>
       <c r="I21" s="20"/>
       <c r="J21" s="20"/>
       <c r="K21" s="20"/>
       <c r="L21" s="20"/>
     </row>
-    <row r="22" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:20" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
       <c r="J22" s="5"/>
       <c r="K22" s="5"/>
       <c r="L22" s="5"/>
     </row>
-    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:20" x14ac:dyDescent="0.2">
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
       <c r="H23" s="34" t="s">
         <v>4</v>
       </c>
       <c r="I23" s="6"/>
       <c r="J23" s="34" t="s">
         <v>5</v>
       </c>
       <c r="K23" s="6"/>
       <c r="L23" s="35" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:20" ht="21.6" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="8"/>
       <c r="F24" s="9" t="s">
         <v>6</v>
       </c>
       <c r="G24" s="5"/>
       <c r="H24" s="10" t="s">
         <v>8</v>
       </c>
       <c r="I24" s="11"/>
       <c r="J24" s="10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K24" s="11"/>
       <c r="L24" s="9" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:20" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.2">
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="5"/>
       <c r="H25" s="5"/>
       <c r="I25" s="5"/>
       <c r="J25" s="5"/>
       <c r="K25" s="5"/>
       <c r="L25" s="5"/>
     </row>
-    <row r="26" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="21"/>
       <c r="D26" s="22"/>
       <c r="E26" s="21"/>
       <c r="F26" s="22"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
       <c r="I26" s="21"/>
       <c r="J26" s="21"/>
       <c r="K26" s="21"/>
       <c r="L26" s="21"/>
     </row>
-    <row r="27" spans="1:20" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:20" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="31"/>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="21"/>
       <c r="J27" s="21"/>
       <c r="K27" s="21"/>
       <c r="L27" s="21"/>
     </row>
-    <row r="28" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="21"/>
       <c r="C28" s="23" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="24"/>
       <c r="H28" s="22"/>
       <c r="I28" s="21"/>
       <c r="J28" s="22"/>
       <c r="K28" s="21"/>
       <c r="L28" s="22"/>
     </row>
-    <row r="29" spans="1:20" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:20" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="21"/>
       <c r="C29" s="21"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21"/>
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="21"/>
       <c r="I29" s="21"/>
       <c r="J29" s="21"/>
       <c r="K29" s="21"/>
       <c r="L29" s="21"/>
     </row>
-    <row r="30" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:20" ht="17.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="21"/>
       <c r="C30" s="25" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D30" s="25"/>
       <c r="E30" s="25"/>
       <c r="F30" s="25"/>
       <c r="G30" s="26"/>
       <c r="H30" s="22"/>
       <c r="I30" s="21"/>
       <c r="J30" s="22"/>
       <c r="K30" s="21"/>
-      <c r="L30" s="22"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:20" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="L30" s="36"/>
+    </row>
+    <row r="31" spans="1:20" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B31" s="21"/>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
       <c r="I31" s="21"/>
       <c r="J31" s="21"/>
       <c r="K31" s="21"/>
       <c r="L31" s="21"/>
     </row>
-    <row r="32" spans="1:20" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="21"/>
       <c r="C32" s="21"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21"/>
       <c r="F32" s="21"/>
       <c r="G32" s="21"/>
       <c r="H32" s="21"/>
       <c r="I32" s="21"/>
       <c r="J32" s="21"/>
       <c r="K32" s="21"/>
       <c r="L32" s="21"/>
     </row>
-    <row r="33" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="30" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="22"/>
       <c r="E33" s="21"/>
       <c r="F33" s="22"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
       <c r="I33" s="21"/>
       <c r="J33" s="21"/>
       <c r="K33" s="21"/>
       <c r="L33" s="21"/>
     </row>
-    <row r="34" spans="2:12" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:12" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="31"/>
       <c r="C34" s="21"/>
       <c r="D34" s="21"/>
       <c r="E34" s="21"/>
       <c r="F34" s="21"/>
       <c r="G34" s="21"/>
       <c r="H34" s="21"/>
       <c r="I34" s="21"/>
       <c r="J34" s="21"/>
       <c r="K34" s="21"/>
       <c r="L34" s="21"/>
     </row>
-    <row r="35" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="21"/>
       <c r="C35" s="25" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="26"/>
       <c r="H35" s="22"/>
       <c r="I35" s="21"/>
       <c r="J35" s="22"/>
       <c r="K35" s="21"/>
       <c r="L35" s="22"/>
     </row>
-    <row r="36" spans="2:12" ht="3" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:12" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="21"/>
       <c r="C36" s="21"/>
       <c r="D36" s="21"/>
       <c r="E36" s="21"/>
       <c r="F36" s="21"/>
       <c r="G36" s="21"/>
       <c r="H36" s="21"/>
       <c r="I36" s="21"/>
       <c r="J36" s="21"/>
       <c r="K36" s="21"/>
       <c r="L36" s="21"/>
     </row>
-    <row r="37" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="21"/>
       <c r="C37" s="25" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D37" s="25"/>
       <c r="E37" s="25"/>
       <c r="F37" s="25"/>
       <c r="G37" s="26"/>
       <c r="H37" s="22"/>
       <c r="I37" s="21"/>
       <c r="J37" s="22"/>
       <c r="K37" s="21"/>
       <c r="L37" s="22"/>
     </row>
-    <row r="38" spans="2:12" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="21"/>
       <c r="C38" s="21"/>
       <c r="D38" s="21"/>
       <c r="E38" s="21"/>
       <c r="F38" s="21"/>
       <c r="G38" s="21"/>
       <c r="H38" s="21"/>
       <c r="I38" s="21"/>
       <c r="J38" s="21"/>
       <c r="K38" s="21"/>
       <c r="L38" s="21"/>
     </row>
-    <row r="39" spans="2:12" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B39" s="21"/>
       <c r="C39" s="21"/>
       <c r="D39" s="27"/>
       <c r="E39" s="21"/>
       <c r="F39" s="27"/>
       <c r="G39" s="21"/>
       <c r="H39" s="21"/>
       <c r="I39" s="21"/>
       <c r="J39" s="21"/>
       <c r="K39" s="21"/>
       <c r="L39" s="21"/>
     </row>
-    <row r="40" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="30" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C40" s="21"/>
       <c r="D40" s="28"/>
       <c r="E40" s="21"/>
       <c r="F40" s="29"/>
       <c r="G40" s="21"/>
       <c r="H40" s="21"/>
       <c r="I40" s="21"/>
       <c r="J40" s="21"/>
       <c r="K40" s="21"/>
       <c r="L40" s="21"/>
     </row>
-    <row r="41" spans="2:12" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:12" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="31"/>
       <c r="C41" s="21"/>
       <c r="D41" s="21"/>
       <c r="E41" s="21"/>
       <c r="F41" s="21"/>
       <c r="G41" s="21"/>
       <c r="H41" s="21"/>
       <c r="I41" s="21"/>
       <c r="J41" s="21"/>
       <c r="K41" s="21"/>
       <c r="L41" s="21"/>
     </row>
-    <row r="42" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="21"/>
       <c r="C42" s="25" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D42" s="25"/>
       <c r="E42" s="25"/>
       <c r="F42" s="25"/>
       <c r="G42" s="26"/>
       <c r="H42" s="22"/>
       <c r="I42" s="21"/>
       <c r="J42" s="22"/>
       <c r="K42" s="21"/>
       <c r="L42" s="22"/>
     </row>
-    <row r="43" spans="2:12" ht="3" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:12" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="21"/>
       <c r="C43" s="21"/>
       <c r="D43" s="21"/>
       <c r="E43" s="21"/>
       <c r="F43" s="21"/>
       <c r="G43" s="21"/>
       <c r="H43" s="21"/>
       <c r="I43" s="21"/>
       <c r="J43" s="21"/>
       <c r="K43" s="21"/>
       <c r="L43" s="21"/>
     </row>
-    <row r="44" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="21"/>
       <c r="C44" s="25" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D44" s="25"/>
       <c r="E44" s="25"/>
       <c r="F44" s="25"/>
       <c r="G44" s="26"/>
       <c r="H44" s="22"/>
       <c r="I44" s="21"/>
       <c r="J44" s="22"/>
       <c r="K44" s="21"/>
       <c r="L44" s="22"/>
     </row>
-    <row r="45" spans="2:12" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B45" s="13"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="13"/>
       <c r="G45" s="13"/>
       <c r="H45" s="13"/>
       <c r="I45" s="13"/>
       <c r="J45" s="13"/>
       <c r="K45" s="13"/>
       <c r="L45" s="13"/>
     </row>
-    <row r="46" spans="2:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-    <row r="47" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:12" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="38" t="s">
+        <v>22</v>
+      </c>
+      <c r="C46" s="38"/>
+      <c r="D46" s="38"/>
+      <c r="E46" s="38"/>
+      <c r="F46" s="38"/>
+      <c r="G46" s="38"/>
+      <c r="H46" s="38"/>
+      <c r="I46" s="38"/>
+      <c r="J46" s="38"/>
+      <c r="K46" s="38"/>
+      <c r="L46" s="38"/>
+    </row>
+    <row r="47" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
       <c r="F47" s="5"/>
       <c r="G47" s="5"/>
       <c r="H47" s="5"/>
       <c r="I47" s="5"/>
       <c r="J47" s="5"/>
       <c r="K47" s="5"/>
       <c r="L47" s="5"/>
     </row>
-    <row r="48" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    <row r="49" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="45"/>
+      <c r="C48" s="45"/>
+      <c r="D48" s="45"/>
+      <c r="E48" s="45"/>
+      <c r="F48" s="45"/>
+      <c r="G48" s="45"/>
+      <c r="H48" s="45"/>
+      <c r="I48" s="45"/>
+      <c r="J48" s="45"/>
+      <c r="K48" s="45"/>
+      <c r="L48" s="45"/>
+    </row>
+    <row r="49" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="5"/>
       <c r="C49" s="5"/>
       <c r="D49" s="5"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="5"/>
       <c r="H49" s="5"/>
       <c r="I49" s="5"/>
       <c r="J49" s="5"/>
       <c r="K49" s="5"/>
       <c r="L49" s="5"/>
     </row>
-    <row r="50" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    <row r="51" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="45"/>
+      <c r="C50" s="45"/>
+      <c r="D50" s="45"/>
+      <c r="E50" s="45"/>
+      <c r="F50" s="45"/>
+      <c r="G50" s="45"/>
+      <c r="H50" s="45"/>
+      <c r="I50" s="45"/>
+      <c r="J50" s="45"/>
+      <c r="K50" s="45"/>
+      <c r="L50" s="45"/>
+    </row>
+    <row r="51" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="5"/>
       <c r="C51" s="5"/>
       <c r="D51" s="5"/>
       <c r="E51" s="5"/>
       <c r="F51" s="5"/>
       <c r="G51" s="5"/>
       <c r="H51" s="5"/>
       <c r="I51" s="5"/>
       <c r="J51" s="5"/>
       <c r="K51" s="5"/>
       <c r="L51" s="5"/>
     </row>
-    <row r="52" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    <row r="53" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="45"/>
+      <c r="C52" s="45"/>
+      <c r="D52" s="45"/>
+      <c r="E52" s="45"/>
+      <c r="F52" s="45"/>
+      <c r="G52" s="45"/>
+      <c r="H52" s="45"/>
+      <c r="I52" s="45"/>
+      <c r="J52" s="45"/>
+      <c r="K52" s="45"/>
+      <c r="L52" s="45"/>
+    </row>
+    <row r="53" spans="1:18" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="5"/>
-      <c r="C53" s="42"/>
-[...11 lines deleted...]
-    <row r="55" spans="1:18" s="3" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C53" s="44"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="44"/>
+      <c r="F53" s="44"/>
+      <c r="G53" s="44"/>
+      <c r="H53" s="44"/>
+      <c r="I53" s="44"/>
+      <c r="J53" s="44"/>
+      <c r="K53" s="44"/>
+      <c r="L53" s="44"/>
+    </row>
+    <row r="54" spans="1:18" ht="28.7" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" spans="1:18" s="3" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1"/>
-      <c r="B55" s="40" t="s">
-[...13 lines deleted...]
-    <row r="56" spans="1:18" s="3" customFormat="1" ht="28.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="42" t="s">
+        <v>15</v>
+      </c>
+      <c r="C55" s="43"/>
+      <c r="D55" s="43"/>
+      <c r="E55" s="43"/>
+      <c r="F55" s="43"/>
+      <c r="G55" s="43"/>
+      <c r="H55" s="43"/>
+      <c r="I55" s="43"/>
+      <c r="J55" s="43"/>
+      <c r="K55" s="43"/>
+      <c r="L55" s="43"/>
+    </row>
+    <row r="56" spans="1:18" s="3" customFormat="1" ht="28.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="27"/>
       <c r="C56" s="27"/>
       <c r="D56" s="21"/>
       <c r="E56" s="27"/>
       <c r="F56" s="27"/>
       <c r="G56" s="32"/>
       <c r="H56" s="21"/>
       <c r="I56" s="21"/>
       <c r="J56" s="27"/>
       <c r="K56" s="27"/>
       <c r="L56" s="21"/>
       <c r="R56" s="12"/>
     </row>
-    <row r="57" spans="1:18" s="3" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="33" t="s">
         <v>2</v>
       </c>
       <c r="F57" s="21"/>
       <c r="G57" s="21"/>
       <c r="H57" s="21"/>
       <c r="I57" s="21"/>
       <c r="J57" s="33" t="s">
         <v>3</v>
       </c>
       <c r="K57" s="21"/>
       <c r="L57" s="21"/>
     </row>
-    <row r="58" spans="1:18" ht="3.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:18" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="3"/>
       <c r="B58" s="21"/>
       <c r="C58" s="21"/>
       <c r="D58" s="21"/>
       <c r="E58" s="21"/>
       <c r="F58" s="21"/>
       <c r="G58" s="21"/>
       <c r="H58" s="21"/>
       <c r="I58" s="21"/>
       <c r="J58" s="21"/>
       <c r="K58" s="21"/>
       <c r="L58" s="21"/>
     </row>
-    <row r="59" spans="1:18" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="21" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="10">
     <mergeCell ref="B55:L55"/>
     <mergeCell ref="C53:L53"/>
     <mergeCell ref="B48:L48"/>
     <mergeCell ref="B50:L50"/>
     <mergeCell ref="B52:L52"/>
     <mergeCell ref="B15:L15"/>
     <mergeCell ref="B46:L46"/>
     <mergeCell ref="D18:L18"/>
     <mergeCell ref="D19:L19"/>
     <mergeCell ref="D20:L20"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.25" bottom="0.5" header="0" footer="0.3"/>
-  <pageSetup scale="10" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="83" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Calibri,Regular"&amp;K04-045CCRC-13 (12/25)</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>