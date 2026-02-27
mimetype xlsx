--- v0 (2025-11-02)
+++ v1 (2026-02-27)
@@ -1,69 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mwegenast\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{64A526B7-525A-4C81-9D55-3F6A7986292D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CD26E0FA-E236-417E-8041-00D68DD4D2FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4740" yWindow="690" windowWidth="21600" windowHeight="11295" tabRatio="754" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="754" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="1" r:id="rId1"/>
     <sheet name="Contact Persons" sheetId="6" r:id="rId2"/>
     <sheet name="Section A  - New Issue" sheetId="2" r:id="rId3"/>
     <sheet name="Section B- In Force" sheetId="3" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_Key1" hidden="1">Instructions!$A$139</definedName>
     <definedName name="_Key2" hidden="1">Instructions!$F$139</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="_Sort" hidden="1">Instructions!$A$139:$F$238</definedName>
     <definedName name="abas">'Section B- In Force'!$B$90</definedName>
     <definedName name="anon">'Section B- In Force'!$B$92</definedName>
     <definedName name="astd">'Section B- In Force'!$B$91</definedName>
     <definedName name="basa">'Section A  - New Issue'!$B$78</definedName>
     <definedName name="basb">'Section A  - New Issue'!$B$81</definedName>
     <definedName name="basc">'Section A  - New Issue'!$B$84</definedName>
     <definedName name="basd">'Section A  - New Issue'!$B$87</definedName>
     <definedName name="base">'Section A  - New Issue'!$B$90</definedName>
     <definedName name="basf">'Section A  - New Issue'!$B$93</definedName>
     <definedName name="bbas">'Section B- In Force'!$B$93</definedName>
     <definedName name="bnon">'Section B- In Force'!$B$95</definedName>
     <definedName name="bstd">'Section B- In Force'!$B$94</definedName>
@@ -190,51 +189,51 @@
           </rPr>
           <t xml:space="preserve">If you entered a "Y" in this cell, then provide a list beginning in Cell F2 of all insurers whose data is included in this report .
 </t>
         </r>
       </text>
     </comment>
     <comment ref="B9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Previously uninsured refers to groups who did not have health insurance coverage within the 30 days prior to issuance.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="133">
   <si>
     <t>THE NORTH CAROLINA DEPARTMENT OF INSURANCE</t>
   </si>
   <si>
     <t>Life and Health Division</t>
   </si>
   <si>
     <t>SMALL GROUP ACTIVITY REPORT</t>
   </si>
   <si>
     <t>Thank you for your time in entering small group activity data in this format.</t>
   </si>
   <si>
     <t>There are four parts (A, B, C &amp; D - each on a separate worksheet of this file - see tabs below):</t>
   </si>
   <si>
     <t xml:space="preserve">Please follow the instructions below. </t>
   </si>
   <si>
     <t>COMPANY NAME:</t>
   </si>
   <si>
     <t>Other Insurers included in Report</t>
   </si>
   <si>
@@ -610,126 +609,129 @@
   <si>
     <t>Complete the Contact Persons Worksheet</t>
   </si>
   <si>
     <t>The data in Section B will be broken down into 4 parts  (I, II, III, and IV) based on plan types:</t>
   </si>
   <si>
     <t>and lives covered by such plans in ROW 10.</t>
   </si>
   <si>
     <t>TRANSITIONAL, ACA-COMPLIANT) AND TO REQUIRE AGGREGATE DATA ONLY</t>
   </si>
   <si>
     <t>NCGS 58-50-110(22a) - "Small employer means, in connection with a nongrandfathered nontransitional group health plan with respect to a calendar year and a plan year,  an employer who meets the definition of small employer under 42 U.S.C. § 18024(b). The number of employees shall be determined using the method set forth in section 4980H(c)(2) of the Internal Revenue Code."</t>
   </si>
   <si>
     <t>See NCGS 58-50-110(22a) as adopted in S.L. 2015-281 for definition of small employer to use.</t>
   </si>
   <si>
     <t>as adopted in Session Law 2015-281.</t>
   </si>
   <si>
     <t>You may submit your response in the spreadsheet format via email to LHinbox@ncdoi.gov.</t>
   </si>
   <si>
-    <t>basis only, and should be reported as of 12/31/2022.</t>
-[...1 lines deleted...]
-  <si>
     <t>Part   II: Small Employer Transitional Health Plans in force as of 12/31/2023 (Row 18)</t>
   </si>
   <si>
     <t>If you have any questions you may contact the Life &amp; Health Division at (919) 807-6065.</t>
   </si>
   <si>
     <t>CALENDAR YEAR 2024</t>
   </si>
   <si>
     <t>Part I: Grandfathered Health Plans in force as of 12/31/2024</t>
   </si>
   <si>
     <t>Part II:  Non-grandfathered Transitional Health Plans in force as of 12/31/2024</t>
   </si>
   <si>
     <t>Part III:  Non-grandfathered ACA-compliant Health Plans in force as of 12/31/2024</t>
   </si>
   <si>
     <t>TOTAL # OF GROUPS COVERED AS OF 12/31/24</t>
   </si>
   <si>
     <t>7TOTAL # OF EMPLOYEES COVERED AS OF 12/31/24</t>
   </si>
   <si>
     <t>TOTAL # OF LIVES (employees + dependents) COVERED AS OF 12/31/24</t>
   </si>
   <si>
     <t>TOTAL # OF EMPLOYEES COVERED AS OF 12/31/24</t>
   </si>
   <si>
     <t>Part IV:  All Small Group Health Plans in force as of 12/31/2024 (Sum of Parts I, II and III) (CALCULATED)</t>
   </si>
   <si>
     <t>TOTAL # OF GROUPS COVERED AS OF 12/31/2024</t>
   </si>
   <si>
     <t>TOTAL # OF EMPLOYEES COVERED AS OF 12/31/2024</t>
   </si>
   <si>
     <t>TOTAL # OF LIVES (employees + dependents) COVERED AS OF 12/31/2024</t>
   </si>
   <si>
     <t># OF EMPLOYEES COVERED IN GROUPS ISSUED IN 2024</t>
   </si>
   <si>
     <t># OF LIVES (employees + dependents) COVERED IN GROUPS ISSUED IN 2024</t>
   </si>
   <si>
-    <t>DUE March  15, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Part   I: Small Employer Grandfathered Health Plans in force as of 12/31/2024 (Row 11)</t>
   </si>
   <si>
-    <t>Part   III: Small Employer ACA-compliant Health Plans in force as of 12/31/2024(Row 25)</t>
-[...4 lines deleted...]
-  <si>
     <t>Part I:  1 - 50 Employees When Issued ACA-compliant Plan during 2024</t>
   </si>
   <si>
     <t>Section A requests the total number of plans issued during 2024 and the number of employees</t>
   </si>
   <si>
-    <t>as of 12/31/2024 including premiums and claims for NC.</t>
-[...5 lines deleted...]
-    <t>Section A is to report data on small employer groups who were ISSUED coverage during 2024</t>
+    <t>CALENDAR YEAR 2025</t>
+  </si>
+  <si>
+    <t>DUE March  15, 2026</t>
+  </si>
+  <si>
+    <t>Section A is to report data on small employer groups who were ISSUED coverage during 2025</t>
+  </si>
+  <si>
+    <t>as of 12/31/2025 including premiums and claims for NC.</t>
+  </si>
+  <si>
+    <t>basis only, and should be reported as of 12/31/2025.</t>
+  </si>
+  <si>
+    <t>Part   III: Small Employer ACA-compliant Health Plans in force as of 12/31/2025(Row 25)</t>
+  </si>
+  <si>
+    <t>Part IV: (Calculated) ALL Small Employer Groups in force as of 12/31/2025 (Row 30)</t>
+  </si>
+  <si>
+    <t>Remit the completed worksheet NO LATER THAN March 15, 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="General_)"/>
     <numFmt numFmtId="165" formatCode="0.00_)"/>
     <numFmt numFmtId="166" formatCode="0.000_)"/>
     <numFmt numFmtId="167" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -2346,51 +2348,51 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr syncVertical="1" syncRef="A1" transitionEvaluation="1"/>
   <dimension ref="A1:AB238"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J22" sqref="J22"/>
+      <selection activeCell="A68" sqref="A68:XFD68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.77734375" customWidth="1"/>
     <col min="2" max="5" width="8.77734375" customWidth="1"/>
     <col min="6" max="6" width="13.109375" customWidth="1"/>
     <col min="7" max="7" width="11.109375" customWidth="1"/>
     <col min="8" max="14" width="8.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="110" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="110"/>
       <c r="C1" s="110"/>
       <c r="D1" s="110"/>
       <c r="E1" s="110"/>
       <c r="F1" s="110"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
     </row>
     <row r="2" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="110" t="s">
@@ -2406,73 +2408,73 @@
     </row>
     <row r="3" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="86"/>
       <c r="B3" s="86"/>
       <c r="C3" s="86"/>
       <c r="D3" s="86"/>
       <c r="E3" s="86"/>
       <c r="F3" s="86"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
     </row>
     <row r="4" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A4" s="111" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="111"/>
       <c r="C4" s="111"/>
       <c r="D4" s="111"/>
       <c r="E4" s="111"/>
       <c r="F4" s="111"/>
       <c r="G4" s="11"/>
       <c r="H4" s="11"/>
     </row>
     <row r="5" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="111" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="B5" s="111"/>
       <c r="C5" s="111"/>
       <c r="D5" s="111"/>
       <c r="E5" s="111"/>
       <c r="F5" s="111"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
     </row>
     <row r="6" spans="1:8" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="97"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
     </row>
     <row r="7" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="109" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B7" s="109"/>
       <c r="C7" s="109"/>
       <c r="D7" s="109"/>
       <c r="E7" s="109"/>
       <c r="F7" s="109"/>
       <c r="G7" s="11"/>
       <c r="H7" s="11"/>
     </row>
     <row r="8" spans="1:8" ht="6" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="75" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="66"/>
       <c r="C9" s="66"/>
       <c r="D9" s="66"/>
       <c r="E9" s="66"/>
       <c r="F9" s="66"/>
       <c r="G9" s="66"/>
       <c r="H9" s="17"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="75" t="s">
         <v>4</v>
@@ -2531,51 +2533,51 @@
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="78" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="66"/>
       <c r="C15" s="66"/>
       <c r="D15" s="66"/>
       <c r="E15" s="66"/>
       <c r="F15" s="66"/>
       <c r="G15" s="66"/>
       <c r="H15" s="17"/>
     </row>
     <row r="16" spans="1:8" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="78"/>
       <c r="B16" s="66"/>
       <c r="C16" s="66"/>
       <c r="D16" s="66"/>
       <c r="E16" s="66"/>
       <c r="F16" s="66"/>
       <c r="G16" s="66"/>
       <c r="H16" s="17"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="66" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B17" s="66"/>
       <c r="C17" s="66"/>
       <c r="D17" s="66"/>
       <c r="E17" s="66"/>
       <c r="F17" s="66"/>
       <c r="G17" s="66"/>
       <c r="H17" s="17"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="66"/>
       <c r="C18" s="66"/>
       <c r="D18" s="66"/>
       <c r="E18" s="66"/>
       <c r="F18" s="66"/>
       <c r="G18" s="66"/>
       <c r="H18" s="17"/>
     </row>
     <row r="19" spans="1:8" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="66"/>
       <c r="B19" s="66"/>
       <c r="C19" s="66"/>
@@ -2621,51 +2623,51 @@
     </row>
     <row r="23" spans="1:8" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="106" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="107"/>
       <c r="C23" s="107"/>
       <c r="D23" s="107"/>
       <c r="E23" s="107"/>
       <c r="F23" s="107"/>
       <c r="G23" s="108"/>
       <c r="H23" s="17"/>
     </row>
     <row r="24" spans="1:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="77"/>
       <c r="B24" s="66"/>
       <c r="C24" s="66"/>
       <c r="D24" s="66"/>
       <c r="E24" s="66"/>
       <c r="F24" s="66"/>
       <c r="G24" s="66"/>
       <c r="H24" s="17"/>
     </row>
     <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="75" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B25" s="66"/>
       <c r="C25" s="66"/>
       <c r="D25" s="66"/>
       <c r="E25" s="66"/>
       <c r="F25" s="66"/>
       <c r="G25" s="66"/>
       <c r="H25" s="17"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="75" t="s">
         <v>100</v>
       </c>
       <c r="B26" s="66"/>
       <c r="C26" s="66"/>
       <c r="D26" s="66"/>
       <c r="E26" s="66"/>
       <c r="F26" s="66"/>
       <c r="G26" s="66"/>
       <c r="H26" s="17"/>
     </row>
     <row r="27" spans="1:8" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="80" t="s">
         <v>68</v>
       </c>
@@ -2795,51 +2797,51 @@
     </row>
     <row r="38" spans="1:8" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="78"/>
       <c r="B38" s="66"/>
       <c r="C38" s="66"/>
       <c r="D38" s="66"/>
       <c r="E38" s="66"/>
       <c r="F38" s="66"/>
       <c r="G38" s="66"/>
       <c r="H38" s="17"/>
     </row>
     <row r="39" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="75" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="66"/>
       <c r="C39" s="66"/>
       <c r="D39" s="66"/>
       <c r="E39" s="66"/>
       <c r="F39" s="66"/>
       <c r="G39" s="66"/>
       <c r="H39" s="17"/>
     </row>
     <row r="40" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="75" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B40" s="66"/>
       <c r="C40" s="66"/>
       <c r="D40" s="66"/>
       <c r="E40" s="66"/>
       <c r="F40" s="66"/>
       <c r="G40" s="66"/>
       <c r="H40" s="17"/>
     </row>
     <row r="41" spans="1:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="75"/>
       <c r="B41" s="66"/>
       <c r="C41" s="66"/>
       <c r="D41" s="66"/>
       <c r="E41" s="66"/>
       <c r="F41" s="66"/>
       <c r="G41" s="66"/>
       <c r="H41" s="17"/>
     </row>
     <row r="42" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="75" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="66"/>
       <c r="C42" s="66"/>
@@ -2941,105 +2943,105 @@
       <c r="A51" s="75" t="s">
         <v>99</v>
       </c>
       <c r="B51" s="66"/>
       <c r="C51" s="66"/>
       <c r="D51" s="66"/>
       <c r="E51" s="66"/>
       <c r="F51" s="66"/>
       <c r="G51" s="66"/>
       <c r="H51" s="17"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="75" t="s">
         <v>49</v>
       </c>
       <c r="B52" s="66"/>
       <c r="C52" s="66"/>
       <c r="D52" s="66"/>
       <c r="E52" s="66"/>
       <c r="F52" s="66"/>
       <c r="G52" s="66"/>
       <c r="H52" s="17"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="75" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="B53" s="66"/>
       <c r="C53" s="105">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="D53" s="66"/>
       <c r="E53" s="66"/>
       <c r="F53" s="66"/>
       <c r="G53" s="66"/>
       <c r="H53" s="17"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="89" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B54" s="66"/>
       <c r="C54" s="66"/>
       <c r="D54" s="66"/>
       <c r="E54" s="105">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="F54" s="66"/>
       <c r="G54" s="66"/>
       <c r="H54" s="17"/>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A55" s="89" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B55" s="66"/>
       <c r="C55" s="66"/>
       <c r="D55" s="66"/>
       <c r="E55" s="105">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="F55" s="66"/>
       <c r="G55" s="66"/>
       <c r="H55" s="17"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="89" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B56" s="66"/>
       <c r="C56" s="66"/>
       <c r="D56" s="66"/>
       <c r="E56" s="66"/>
       <c r="F56" s="66"/>
       <c r="G56" s="66"/>
       <c r="H56" s="17"/>
     </row>
     <row r="57" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="90" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B57" s="66"/>
       <c r="C57" s="66"/>
       <c r="D57" s="66"/>
       <c r="E57" s="66"/>
       <c r="F57" s="66"/>
       <c r="G57" s="66"/>
       <c r="H57" s="17"/>
     </row>
     <row r="58" spans="1:8" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="81"/>
       <c r="B58" s="66"/>
       <c r="C58" s="66"/>
       <c r="D58" s="66"/>
       <c r="E58" s="66"/>
       <c r="F58" s="66"/>
       <c r="G58" s="66"/>
       <c r="H58" s="17"/>
     </row>
     <row r="59" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="79"/>
       <c r="B59" s="66"/>
       <c r="C59" s="66"/>
       <c r="D59" s="66"/>
       <c r="E59" s="66"/>
@@ -3121,75 +3123,75 @@
       <c r="A66" s="92" t="s">
         <v>97</v>
       </c>
       <c r="B66" s="75"/>
       <c r="C66" s="66"/>
       <c r="D66" s="66"/>
       <c r="E66" s="66"/>
       <c r="F66" s="66"/>
       <c r="G66" s="83"/>
       <c r="H66" s="17"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A67" s="92" t="s">
         <v>98</v>
       </c>
       <c r="B67" s="75"/>
       <c r="C67" s="66"/>
       <c r="D67" s="66"/>
       <c r="E67" s="66"/>
       <c r="F67" s="66"/>
       <c r="G67" s="83"/>
       <c r="H67" s="17"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A68" s="98" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B68" s="99"/>
       <c r="C68" s="100"/>
       <c r="D68" s="100"/>
       <c r="E68" s="66"/>
       <c r="F68" s="66"/>
       <c r="G68" s="83"/>
       <c r="H68" s="17"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A69" s="102" t="s">
         <v>105</v>
       </c>
       <c r="B69" s="103"/>
       <c r="C69" s="104"/>
       <c r="D69" s="104"/>
       <c r="E69" s="104"/>
       <c r="F69" s="104"/>
       <c r="G69" s="83"/>
       <c r="H69" s="17"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A70" s="101" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B70" s="84"/>
       <c r="C70" s="76"/>
       <c r="D70" s="76"/>
       <c r="E70" s="76"/>
       <c r="F70" s="76"/>
       <c r="G70" s="85"/>
       <c r="H70" s="17"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A71" s="66"/>
       <c r="B71" s="66"/>
       <c r="C71" s="66"/>
       <c r="D71" s="66"/>
       <c r="E71" s="66"/>
       <c r="F71" s="66"/>
       <c r="G71" s="66"/>
       <c r="H71" s="17"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A72" s="16"/>
       <c r="B72" s="17"/>
       <c r="C72" s="17"/>
       <c r="D72" s="17"/>
       <c r="E72" s="17"/>
@@ -4776,100 +4778,100 @@
       </c>
       <c r="D2" s="52"/>
     </row>
     <row r="3" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="13"/>
       <c r="B3" s="13"/>
       <c r="C3" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="13"/>
     </row>
     <row r="4" spans="1:6" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="13"/>
       <c r="B4" s="13"/>
       <c r="C4" s="19"/>
       <c r="D4" s="13"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="13"/>
       <c r="B5" s="13"/>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="115" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B6" s="115"/>
       <c r="C6" s="115"/>
       <c r="D6" s="115"/>
       <c r="E6" s="115"/>
       <c r="F6" s="115"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="41"/>
       <c r="B7" s="42" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="42" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="42" t="s">
         <v>66</v>
       </c>
       <c r="E7" s="42" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="42" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="41"/>
       <c r="B8" s="113"/>
       <c r="C8" s="114"/>
       <c r="D8" s="42"/>
       <c r="E8" s="42"/>
       <c r="F8" s="42"/>
     </row>
     <row r="9" spans="1:6" ht="117" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="43"/>
       <c r="B9" s="48" t="s">
         <v>78</v>
       </c>
       <c r="C9" s="48" t="s">
         <v>67</v>
       </c>
       <c r="D9" s="44" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="44" t="s">
+        <v>120</v>
+      </c>
+      <c r="F9" s="44" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="45" t="s">
         <v>80</v>
       </c>
       <c r="B10" s="88"/>
       <c r="C10" s="88"/>
       <c r="D10" s="88"/>
       <c r="E10" s="88"/>
       <c r="F10" s="88"/>
     </row>
     <row r="11" spans="1:6" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="13"/>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
     </row>
     <row r="12" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="14" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
@@ -5171,70 +5173,70 @@
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="13"/>
       <c r="C2" s="13"/>
       <c r="D2" s="13"/>
       <c r="E2" s="13"/>
       <c r="F2" s="13"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="116" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="116"/>
       <c r="C3" s="116"/>
       <c r="D3" s="116"/>
       <c r="E3" s="116"/>
       <c r="F3" s="116"/>
       <c r="G3" s="116"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="116" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B4" s="116"/>
       <c r="C4" s="116"/>
       <c r="D4" s="116"/>
       <c r="E4" s="116"/>
       <c r="F4" s="116"/>
       <c r="G4" s="116"/>
     </row>
     <row r="5" spans="1:7" ht="6.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12"/>
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
       <c r="D5" s="12"/>
       <c r="E5" s="13"/>
       <c r="F5" s="13"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="117" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B6" s="117"/>
       <c r="C6" s="117"/>
       <c r="D6" s="117"/>
       <c r="E6" s="117"/>
       <c r="F6" s="117"/>
       <c r="G6" s="117"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="115" t="s">
         <v>92</v>
       </c>
       <c r="B7" s="115"/>
       <c r="C7" s="115"/>
       <c r="D7" s="115"/>
       <c r="E7" s="115"/>
       <c r="F7" s="115"/>
       <c r="G7" s="115"/>
     </row>
     <row r="8" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="54"/>
       <c r="B8" s="54"/>
       <c r="C8" s="54"/>
       <c r="D8" s="54"/>
       <c r="E8" s="54"/>
@@ -5243,90 +5245,90 @@
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="41"/>
       <c r="B9" s="42" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="42" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="42" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="42" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="42" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="43"/>
       <c r="B10" s="44" t="s">
+        <v>112</v>
+      </c>
+      <c r="C10" s="44" t="s">
         <v>113</v>
       </c>
-      <c r="C10" s="44" t="s">
+      <c r="D10" s="44" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E10" s="55" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="55" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="55" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="45" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="57"/>
       <c r="C11" s="40"/>
       <c r="D11" s="40"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="13"/>
       <c r="B12" s="13"/>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="13"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="117" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B13" s="117"/>
       <c r="C13" s="117"/>
       <c r="D13" s="117"/>
       <c r="E13" s="117"/>
       <c r="F13" s="117"/>
       <c r="G13" s="117"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="115" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="115"/>
       <c r="C14" s="115"/>
       <c r="D14" s="115"/>
       <c r="E14" s="115"/>
       <c r="F14" s="115"/>
       <c r="G14" s="115"/>
     </row>
     <row r="15" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="54"/>
       <c r="B15" s="54"/>
       <c r="C15" s="54"/>
       <c r="D15" s="54"/>
       <c r="E15" s="54"/>
@@ -5335,90 +5337,90 @@
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="41"/>
       <c r="B16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="46" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="46" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="47" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="42" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="42" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="43"/>
       <c r="B17" s="44" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C17" s="44" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D17" s="44" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E17" s="56" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="55" t="s">
         <v>18</v>
       </c>
       <c r="G17" s="55" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="45" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="57"/>
       <c r="C18" s="57"/>
       <c r="D18" s="57"/>
       <c r="E18" s="40"/>
       <c r="F18" s="40"/>
       <c r="G18" s="57"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="13"/>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="117" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B20" s="117"/>
       <c r="C20" s="117"/>
       <c r="D20" s="117"/>
       <c r="E20" s="117"/>
       <c r="F20" s="117"/>
       <c r="G20" s="117"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="115" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="115"/>
       <c r="C21" s="115"/>
       <c r="D21" s="115"/>
       <c r="E21" s="115"/>
       <c r="F21" s="115"/>
       <c r="G21" s="115"/>
     </row>
     <row r="22" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="53"/>
       <c r="B22" s="53"/>
       <c r="C22" s="53"/>
       <c r="D22" s="53"/>
       <c r="E22" s="53"/>
@@ -5427,121 +5429,121 @@
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="41"/>
       <c r="B23" s="42" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="42" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="42" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="42" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="42" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="42" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="43"/>
       <c r="B24" s="44" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C24" s="44" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D24" s="44" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E24" s="55" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="55" t="s">
         <v>18</v>
       </c>
       <c r="G24" s="55" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="45" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="57"/>
       <c r="C25" s="57"/>
       <c r="D25" s="57"/>
       <c r="E25" s="40"/>
       <c r="F25" s="40"/>
       <c r="G25" s="57"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="115" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B27" s="115"/>
       <c r="C27" s="115"/>
       <c r="D27" s="115"/>
       <c r="E27" s="115"/>
       <c r="F27" s="115"/>
       <c r="G27" s="115"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="58"/>
       <c r="B28" s="59" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="59" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="59" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="59" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="59" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="59" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="60"/>
       <c r="B29" s="61" t="s">
+        <v>117</v>
+      </c>
+      <c r="C29" s="61" t="s">
         <v>118</v>
       </c>
-      <c r="C29" s="61" t="s">
+      <c r="D29" s="61" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E29" s="62" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="62" t="s">
         <v>18</v>
       </c>
       <c r="G29" s="62" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="63" t="s">
         <v>13</v>
       </c>
       <c r="B30" s="64">
         <f t="shared" ref="B30:G30" si="0">B11+B18+B25</f>
         <v>0</v>
       </c>
       <c r="C30" s="64">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="D30" s="64">
         <f t="shared" si="0"/>