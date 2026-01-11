--- v0 (2025-12-04)
+++ v1 (2026-01-11)
@@ -1,45 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7E0D753A" w14:textId="77777777" w:rsidR="00ED047F" w:rsidRPr="00016B90" w:rsidRDefault="00ED047F" w:rsidP="0067042A">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-180"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="DIVISION1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00016B90">
@@ -55,1662 +52,1533 @@
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E33C116" w14:textId="77777777" w:rsidR="009B04CB" w:rsidRDefault="009B04CB"/>
     <w:p w14:paraId="01D2A99B" w14:textId="77777777" w:rsidR="009B04CB" w:rsidRDefault="009B04CB"/>
     <w:p w14:paraId="57839DD8" w14:textId="77777777" w:rsidR="009B04CB" w:rsidRDefault="009B04CB"/>
     <w:p w14:paraId="2553C6FC" w14:textId="26B589BF" w:rsidR="009B04CB" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="DIVISION1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="DIVISION1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Surety bond for professional employer organization</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132972D7" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="564C23E1" w14:textId="77777777" w:rsidR="0090702D" w:rsidRPr="00AE27A8" w:rsidRDefault="0090702D" w:rsidP="0090702D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="360"/>
         <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F9E3CA1" w14:textId="1293DC87" w:rsidR="0090702D" w:rsidRPr="00AE27A8" w:rsidRDefault="00B94707" w:rsidP="00AE27A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Surety Bond No: _____________________________, Effective date: ______________________</w:t>
+        <w:t>Bond No</w:t>
+      </w:r>
+      <w:r w:rsidR="0090702D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: _____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724CFB8C" w14:textId="0695A29B" w:rsidR="0090702D" w:rsidRPr="00AE27A8" w:rsidRDefault="0090702D" w:rsidP="00AE27A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090702D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bond </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090702D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132972D7" w14:textId="4D7FEB3A" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00AE27A8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Effective </w:t>
+      </w:r>
+      <w:r w:rsidR="0090702D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="0090702D" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: ______________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38276817" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AD106DB" w14:textId="3DB0F0A4" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7814CE95" w14:textId="4E6AC9BF" w:rsidR="00A9456D" w:rsidRDefault="00B94707" w:rsidP="00A9456D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk214869671"/>
+      <w:r w:rsidR="00A9456D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">surety </w:t>
+      </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>bond</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...55 lines deleted...]
-        <w:t>between</w:t>
+      <w:r w:rsidR="00A9456D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>executed by</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="82"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="005E161A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
+      <w:r w:rsidR="00A9456D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
+        <w:t>(“Principal”)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9456D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="00A9456D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="76"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>and ____</w:t>
+      </w:r>
       <w:r w:rsidR="005E161A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“Surety”)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9456D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, an insurer authorized by the North Carolina Commissioner of Insurance (“Commissioner”) to write surety business in this State.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4521C7FB" w14:textId="77777777" w:rsidR="002D6D95" w:rsidRDefault="002D6D95" w:rsidP="00A9456D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AD106DB" w14:textId="31C45A37" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00AE27A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>(hereinafter</w:t>
+        <w:t>surety</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="77"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>“Principal”)</w:t>
+        <w:t>bond</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="76"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="-5"/>
-[...9 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the benefit of the Commissioner and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>made</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>, (hereinafter “Surety”) for the benefit of the North Carolina Commissioner of Insurance (hereinafter “the Commissioner”) for the purposes</w:t>
+        <w:t xml:space="preserve"> in consideration </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>for the</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> issuance of a license to</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000546A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Principal to</w:t>
+      </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>set out in North Carolina General Statute §58-89A-50.</w:t>
+        <w:t xml:space="preserve"> operate and function as a Professional Employer Organization </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pursuant to </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95" w:rsidRPr="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95" w:rsidRPr="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95" w:rsidRPr="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Gen</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95" w:rsidRPr="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Stat</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95" w:rsidRPr="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>§ 58-89A-50</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>This</w:t>
+        <w:t xml:space="preserve">The Principal and Surety, for themselves, their heirs, assigns, and successors, </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="-1"/>
-[...106 lines deleted...]
-        <w:t>any and all of Principal’s unpaid liabilities or obligations under Chapter 58, Article 89A of the North Carolina General Statutes, regardless of when such liabilities arose or were incurred, including those arising prior to the effective date of this bond.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> jointly and severally liable to the Commissioner for the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6D95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>bond amount</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6015">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stated above, for the use and benefit of the Commissioner in the Commissioner’s capacity as regulator of Professional Employer Organizations under Article 89A of Chapter 58 of the North Carolina General Statutes (“Article 89A”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D981D2" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2000EADC" w14:textId="66D73357" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="1CAAF002" w14:textId="77DEDF2A" w:rsidR="00561527" w:rsidRDefault="009864BB" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This surety bond must be maintained in full force while </w:t>
+      </w:r>
+      <w:r w:rsidR="000546A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal’s license to operate under Article 89A remains in effect or any obligations or liabilities of </w:t>
+      </w:r>
+      <w:r w:rsidR="000546A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal remain outstanding.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Surety</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be liable </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the Commissioner for all or any portion of the bond amount that the Commissioner determines necessary to satisfy obligations or liabilities of </w:t>
+      </w:r>
+      <w:r w:rsidR="000546A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal under Article 89A.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB13970" w14:textId="77777777" w:rsidR="00561527" w:rsidRDefault="00561527" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE72DA2" w14:textId="772BF56F" w:rsidR="00561527" w:rsidRDefault="00561527" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon written </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>demand</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Commissioner, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EFA" w:rsidRPr="003B7EFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Surety shall remit payment to the Commissioner </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EFA" w:rsidRPr="003B7EFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thirty (30) days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  No proof of default, litigation, investigation, or adjudication is required as a condition to payment.  The Commissioner’s written demand is final, binding, and conclusive upon Surety. </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EFA" w:rsidRPr="003B7EFA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...68 lines deleted...]
-        <w:t>of this bond to the extent that the Principal is or would be liable under Chapter 58, Article 89A of the North Carolina General Statutes. Surety shall not be liable for any amounts in excess of the dollar amount stated in this surety bond or in any endorsements hereto.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Surety waives all defenses against the Commissioner and may not contest the Commissioner’s determination of the amount required or the amount satisfied through this surety bond. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A938B3" w14:textId="77777777" w:rsidR="00561527" w:rsidRDefault="00561527" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FFE2846" w14:textId="09C1C54E" w:rsidR="00561527" w:rsidRDefault="000546A4" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="004D089B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal has no right to demand, draw on, or enforce this surety bond.  No person or entity other than the Commissioner may bring any action, claim, or proceeding under this surety bond.  If any case is commenced by or against </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D089B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Principal under Title 11 of the Unit</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4204">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="004D089B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> States Code (</w:t>
+      </w:r>
+      <w:r w:rsidR="008E51B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="004D089B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ankruptcy), the proceeds of this surety bond, and all enforcement rights of the Commissioner, are not property of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D089B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Principal’s bankruptcy estate.  No trustee, debtor-in-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D089B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>possession,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004D089B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receiver, or other fiduciary in any bankruptcy case shall have any right, title, interest, or claim to this surety bond or its proceeds. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36FE5845" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E3EB198" w14:textId="7B5640BC" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="71FFD6CC" w14:textId="5E23C0CC" w:rsidR="000C121C" w:rsidRDefault="00561320" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="80"/>
+      <w:r w:rsidRPr="00561527">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Surety may cancel this surety bond by giving the Commissioner forty-five (45) days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>’ prior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561527">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> written notice by registered or certified mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to both the Commissioner and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B601E7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Principal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561527">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="40"/>
+      <w:r w:rsidRPr="00561527">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Surety shall remain liable for all obligations and liabilities of </w:t>
+      </w:r>
+      <w:r w:rsidR="000546A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561527">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal that arose under Article 89A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>before the effective date of cancellation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561527">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This surety </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">bond </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be cancelled </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by Surety </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>with respect to future obligations or liabilities with proper notice pursuant to</w:t>
+      </w:r>
+      <w:r w:rsidR="000C121C" w:rsidRPr="000C121C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N.C. Gen. Stat. § 58-89A-50</w:t>
+      </w:r>
+      <w:r w:rsidR="000C121C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and without regard to approval or acceptance of the Commissioner. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...29 lines deleted...]
-        <w:t>If the Commissioner accepts replacement security, the Commissioner will notify the Surety in writing of its release from its liability and obligations under this surety bond.</w:t>
+    </w:p>
+    <w:p w14:paraId="338FC87F" w14:textId="77777777" w:rsidR="000C121C" w:rsidRDefault="000C121C" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E3EB198" w14:textId="6535B182" w:rsidR="00B94707" w:rsidRDefault="000C121C" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his surety bond </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>may be exchanged or replaced with another surety bond.  The replacement surety bond must meet the following requirements: (a) apply to obligations and liabilities that arose during the term of this surety bond; (b) meet the requirements of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C121C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N.C. Gen. Stat. § 58-89A-50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and (c) </w:t>
+      </w:r>
+      <w:r w:rsidR="00700103">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>written notice is provided to the Commissioner ninety (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:r w:rsidR="00700103">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> day</w:t>
+      </w:r>
+      <w:r w:rsidR="00700103">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>s in advance.  Surety will remain liable under the terms of this surety bond until the Commissioner issues a written release to Surety.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7EF16EC3" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="262FEC7C" w14:textId="568D1F2A" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="262FEC7C" w14:textId="61CF9FC4" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="000546A4" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00543C51">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00543C51">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal </w:t>
+      </w:r>
+      <w:r w:rsidR="008E51B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="008E51B8" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Surety shall notify the Commissioner in writing </w:t>
+      </w:r>
+      <w:r w:rsidR="008E51B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within ten (10) days </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="008E51B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any change in the legal entity ownership or name of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="008E51B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal or Surety.  The written notification to the Commissioner shall be made </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>by registered or certified mail.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00543C51">
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of such change, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Principal and Surety agree to execute an endorsement to this surety bond to reflect said change.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>This surety bond remains in full force and effect at all times.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395B8DD9" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="179029D7" w14:textId="0F332D3F" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="179029D7" w14:textId="16AE1B3B" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="007D630D" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00543C51">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00543C51">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000546A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Principal’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>license</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>operate under Article 89A</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00543C51">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00543C51">
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>suspended</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>revoked,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...8 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>past,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...148 lines deleted...]
-      <w:r w:rsidRPr="00543C51">
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">present, and existing obligations and liabilities of </w:t>
+      </w:r>
+      <w:r w:rsidR="000546A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal shall remain in effect until satisfied and shall be covered by this surety </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>bond.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081DA3D8" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C6C0732" w14:textId="7DD1DFA2" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="175CDFDC" w14:textId="43E0899F" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>In the event that the Commissioner makes claim upon the Surety under this surety bond as a result of</w:t>
+        <w:t xml:space="preserve">This surety bond shall be governed by </w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the laws of the State of </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>North Carolina</w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suits, actions, or other legal proceedings concerning the validity, terms, or enforceability of this surety bond </w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">brought </w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>exclusively</w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>the Principal’s failure to meet the Principal’s obligations and liabilities under Chapter 58, Article 89A of the North Carolina General Statutes, the Surety shall remit payment</w:t>
+        <w:t>in the Superior Court of Wake County, North Carolina.</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="10"/>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>under</w:t>
+        <w:t>If any part or condition of th</w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-          <w:spacing w:val="12"/>
-[...649 lines deleted...]
-        <w:t>The Principal and Surety acknowledge and agree that no terms of this bond can be altered, changed, or amended without written approval by the Commissioner.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> surety bond is declared unenforceable or held to be invalid by a court of proper jurisdiction, such determination will not affect the validity or enforceability of other parts or conditions of this surety bond.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE7BD51" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B5B0807" w14:textId="3EAEE46A" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00887CD7">
+    <w:p w14:paraId="0B5B0807" w14:textId="5188D935" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="000546A4" w:rsidP="00887CD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00543C51">
-[...3 lines deleted...]
-        <w:t>The Principal and Surety acknowledge and agree that no terms of this bond can be altered, changed, or amended without written approval by the Commissioner.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Principal and Surety acknowledge and agree that this </w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">surety </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>bond can</w:t>
+      </w:r>
+      <w:r w:rsidR="007D630D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94707" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be altered, changed, or amended without written approval by the Commissioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED411AD" w14:textId="2A6BBDE0" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="2BEC87DD" w14:textId="77777777" w:rsidR="008737E8" w:rsidRDefault="008737E8" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00543C51">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3B44D008" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
-[...7 lines deleted...]
-    <w:p w14:paraId="2F92A843" w14:textId="1D14A267" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="2F92A843" w14:textId="1563ACE5" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">IN WITNESS WHEREOF, the </w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Principal</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> intending to be bound hereby has caused this surety bond to be executed, under seal, and attested by its duly authorized officer or managing member.</w:t>
@@ -1774,75 +1642,74 @@
         <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D67F9AF" w14:textId="5E10E182" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="005E161A">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Signature of Officer or Managing Member</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F6C9D2" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FBEF7FC" w14:textId="5990EFB1" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+    <w:p w14:paraId="2FBEF7FC" w14:textId="7EAEE4A0" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00887CD7" w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:tab/>
-        <w:t>SEAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A87E1C4" w14:textId="51B8F606" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>Type or Print Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18CF6CD4" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1869,267 +1736,708 @@
     </w:p>
     <w:p w14:paraId="7C4615C5" w14:textId="2D846774" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>Type or Print Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE49B60" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28C5E9CD" w14:textId="66C1A5FD" w:rsidR="00887CD7" w:rsidRPr="00543C51" w:rsidRDefault="00887CD7" w:rsidP="00B94707">
+    <w:p w14:paraId="47DF43D0" w14:textId="77777777" w:rsidR="008737E8" w:rsidRDefault="00887CD7" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk214875120"/>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk214875008"/>
       <w:r w:rsidR="00543C51">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7C730AE1" w14:textId="77777777" w:rsidR="00887CD7" w:rsidRPr="00543C51" w:rsidRDefault="00887CD7" w:rsidP="00B94707">
+    <w:p w14:paraId="625C9B17" w14:textId="77777777" w:rsidR="008737E8" w:rsidRPr="008737E8" w:rsidRDefault="008737E8" w:rsidP="008737E8">
+      <w:pPr>
+        <w:pStyle w:val="DIVISION2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E2F01A1" w14:textId="77777777" w:rsidR="008737E8" w:rsidRDefault="008737E8" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0167CE00" w14:textId="287358D5" w:rsidR="00887CD7" w:rsidRPr="00543C51" w:rsidRDefault="00887CD7" w:rsidP="00B94707">
+    <w:p w14:paraId="76B6C06C" w14:textId="77777777" w:rsidR="008737E8" w:rsidRPr="00AE27A8" w:rsidRDefault="008737E8" w:rsidP="008737E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk218254603"/>
+      <w:r w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>STATE OF _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C0EF7D" w14:textId="5C00D5F6" w:rsidR="008737E8" w:rsidRPr="00AE27A8" w:rsidRDefault="008737E8" w:rsidP="008737E8">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> ____________, ____________</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>COUNTY OF ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B1EDE1" w14:textId="77777777" w:rsidR="00887CD7" w:rsidRPr="00543C51" w:rsidRDefault="00887CD7" w:rsidP="00B94707">
+    <w:p w14:paraId="027EA2B1" w14:textId="77777777" w:rsidR="008737E8" w:rsidRDefault="008737E8" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3192055B" w14:textId="6685A2B2" w:rsidR="00887CD7" w:rsidRPr="00543C51" w:rsidRDefault="00887CD7" w:rsidP="00887CD7">
+    <w:p w14:paraId="0E2F8FC4" w14:textId="3A25EF66" w:rsidR="008737E8" w:rsidRDefault="008737E8" w:rsidP="00AE27A8">
+      <w:pPr>
+        <w:pStyle w:val="DIVISION2"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008737E8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On this ____ day of __________________, 20____, before me, the undersigned Notary Public, personally appeared </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk216194226"/>
+      <w:r w:rsidRPr="008737E8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="008737E8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, who proved to me on the basis of satisfactory evidence to be the person whose name is subscribed to the foregoing instrument, and who acknowledged that he/she executed the same on behalf of and with the authority of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00887CD7" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00543C51">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00887CD7" w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358A5AE3" w14:textId="5C5DE542" w:rsidR="008737E8" w:rsidRDefault="008737E8" w:rsidP="008737E8"/>
+    <w:p w14:paraId="41DE79A7" w14:textId="1E441946" w:rsidR="008737E8" w:rsidRPr="00AE27A8" w:rsidRDefault="008737E8" w:rsidP="008737E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>IN WITNESS WHEREOF, I hereunto set my hand and official seal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EEDD56F" w14:textId="77777777" w:rsidR="008737E8" w:rsidRPr="00AE27A8" w:rsidRDefault="008737E8" w:rsidP="008737E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5521CE07" w14:textId="337DE84D" w:rsidR="008737E8" w:rsidRPr="00AE27A8" w:rsidRDefault="008737E8" w:rsidP="008737E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE9C00F" w14:textId="77777777" w:rsidR="008737E8" w:rsidRPr="00AE27A8" w:rsidRDefault="008737E8" w:rsidP="008737E8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Notary Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CA1ABF" w14:textId="319182C9" w:rsidR="008737E8" w:rsidRPr="00AE27A8" w:rsidRDefault="00B0448C" w:rsidP="00887CD7">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...6 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>__________________________________</w:t>
-[...9 lines deleted...]
-          <w:color w:val="auto"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...5 lines deleted...]
-        <w:t>SEAL</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B0448C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(SEAL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5DCF83" w14:textId="699FDC3C" w:rsidR="00887CD7" w:rsidRPr="00543C51" w:rsidRDefault="00887CD7" w:rsidP="00B94707">
+    <w:p w14:paraId="2ACE12AB" w14:textId="3E9E6DBD" w:rsidR="00887CD7" w:rsidRPr="00AE27A8" w:rsidRDefault="00937CB5" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...57 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">My Commission Expires:  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-        <w:rPr>
+      <w:r w:rsidR="00887CD7" w:rsidRPr="00AE27A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="6FB48A09" w14:textId="0C700706" w:rsidR="00887CD7" w:rsidRDefault="00543C51" w:rsidP="00B94707">
+    <w:p w14:paraId="7571B07E" w14:textId="1648D92E" w:rsidR="008737E8" w:rsidRDefault="008737E8" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="64D224D7" w14:textId="77777777" w:rsidR="008737E8" w:rsidRDefault="008737E8" w:rsidP="00B94707">
+      <w:pPr>
+        <w:pStyle w:val="DIVISION2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB48A09" w14:textId="566110E6" w:rsidR="00887CD7" w:rsidRDefault="00543C51" w:rsidP="00B94707">
+      <w:pPr>
+        <w:pStyle w:val="DIVISION2"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">IN WITNESS WHEREOF, the </w:t>
       </w:r>
       <w:r w:rsidRPr="006A3E91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Surety</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> intending to be bound hereby has caused this surety bond to be executed, under seal, and attested by its duly authorized officer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="261550E5" w14:textId="77777777" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
@@ -2174,425 +2482,661 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CF7BEBE" w14:textId="1BA150FB" w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>By:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C6F7F7" w14:textId="1D108828" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
+    <w:p w14:paraId="09C6F7F7" w14:textId="259145B7" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attorney-In-Fact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E5E380F" w14:textId="77777777" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01945A3C" w14:textId="45200034" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
+    <w:p w14:paraId="01945A3C" w14:textId="104D71E9" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:tab/>
-        <w:t>SEAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335657BC" w14:textId="06CE451D" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Type or Print Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F08D9B2" w14:textId="77777777" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A9474E8" w14:textId="77777777" w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C55A5DE" w14:textId="52D8B4A0" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Type or Print Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369525AA" w14:textId="77777777" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B374E78" w14:textId="53CA2BF5" w:rsidR="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
+    <w:p w14:paraId="40FC6545" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRPr="00295DE6" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295DE6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>STATE OF _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC5E6B4" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRPr="00295DE6" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...10 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295DE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>COUNTY OF ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494285A4" w14:textId="77777777" w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
+    <w:p w14:paraId="1C304AAE" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03ADAD09" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
+      <w:pPr>
+        <w:pStyle w:val="DIVISION2"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008737E8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>On this ____ day of __________________, 20____, before me, the undersigned Notary Public, personally appeared ____________________________________, who proved to me on the basis of satisfactory evidence to be the person whose name is subscribed to the foregoing instrument, and who acknowledged that he/she executed the same on behalf of and with the authority of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00543C51">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295DE6">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543C51">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D3F21C" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRDefault="00B0448C" w:rsidP="00B0448C"/>
+    <w:p w14:paraId="35FBECB9" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRPr="00295DE6" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295DE6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>IN WITNESS WHEREOF, I hereunto set my hand and official seal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB532CD" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRPr="00295DE6" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E6AA1C9" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRPr="00295DE6" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295DE6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00543C51">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Subscribed and sworn to before me this </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180DD174" w14:textId="77777777" w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
+    <w:p w14:paraId="0BCD8885" w14:textId="77777777" w:rsidR="00B0448C" w:rsidRPr="00295DE6" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295DE6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Notary Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FB0A64" w14:textId="097D7F2C" w:rsidR="00B0448C" w:rsidRPr="00295DE6" w:rsidRDefault="00B0448C" w:rsidP="00B0448C">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B0448C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(SEAL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6528FFB1" w14:textId="77777777" w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
+    <w:p w14:paraId="72D222BF" w14:textId="53FED451" w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidRDefault="00B0448C" w:rsidP="00B94707">
       <w:pPr>
         <w:pStyle w:val="DIVISION2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00295DE6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>My Commission Expires:  _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>_________</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ____________, ____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E61E1C" w14:textId="77777777" w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidRDefault="00543C51" w:rsidP="00543C51">
-[...140 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00543C51" w:rsidRPr="00543C51" w:rsidSect="00805F59">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="076F4F72" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="52D0A960" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -2632,219 +3176,213 @@
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2C351A0F" w14:textId="77777777" w:rsidR="002D71BA" w:rsidRDefault="002D71BA">
-[...9 lines deleted...]
-  <w:p w14:paraId="02465702" w14:textId="7A088BC3" w:rsidR="009B04CB" w:rsidRDefault="0067042A" w:rsidP="009B04CB">
+  <w:p w14:paraId="02465702" w14:textId="6C2BAA09" w:rsidR="009B04CB" w:rsidRDefault="0067042A" w:rsidP="009B04CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="009B04CB" w:rsidRPr="009B04CB">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="009B04CB">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Form PEO- </w:t>
+      <w:t>Form PEO- 0</w:t>
     </w:r>
-    <w:r w:rsidR="009B04CB">
+    <w:r w:rsidR="002D71BA">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>8</w:t>
     </w:r>
-    <w:r w:rsidR="002D71BA">
+    <w:r w:rsidR="009B04CB">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t xml:space="preserve"> (1/</w:t>
     </w:r>
-    <w:r w:rsidR="009B04CB">
+    <w:r w:rsidR="00561320">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (11/25)</w:t>
+      <w:t>26</w:t>
+    </w:r>
+    <w:r w:rsidR="009B04CB">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="276C6837" w14:textId="5F84A2B2" w:rsidR="0067042A" w:rsidRDefault="0067042A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0DE3A9E0" w14:textId="6EB067C9" w:rsidR="0078250B" w:rsidRDefault="009B04CB" w:rsidP="0078250B">
+  <w:p w14:paraId="0DE3A9E0" w14:textId="0D1CF355" w:rsidR="0078250B" w:rsidRDefault="009B04CB" w:rsidP="0078250B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Form PEO- 0</w:t>
     </w:r>
     <w:r w:rsidR="002D71BA">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (11/25)</w:t>
+      <w:t xml:space="preserve"> (1/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00561320">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0889F613" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="59AFA36F" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...18 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2736B7B2" w14:textId="77777777" w:rsidR="00137EB9" w:rsidRDefault="00CB602D" w:rsidP="00E7378E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7125"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62DFA0D3" wp14:editId="3829974B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-23495</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-457200</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7774305" cy="10057130"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -6669,255 +7207,284 @@
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1608731527">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="460881907">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="91554360">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1730226831">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="360"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267ED6"/>
     <w:rsid w:val="00016B90"/>
     <w:rsid w:val="000217DB"/>
     <w:rsid w:val="00022761"/>
+    <w:rsid w:val="000546A4"/>
     <w:rsid w:val="0008522D"/>
     <w:rsid w:val="00097484"/>
     <w:rsid w:val="000A6DDB"/>
+    <w:rsid w:val="000C121C"/>
     <w:rsid w:val="000E2C71"/>
+    <w:rsid w:val="000F4728"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="0010766F"/>
+    <w:rsid w:val="00110439"/>
     <w:rsid w:val="0013462E"/>
     <w:rsid w:val="00137EB9"/>
     <w:rsid w:val="00143E88"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="00153F8F"/>
     <w:rsid w:val="0015734C"/>
     <w:rsid w:val="00174C46"/>
     <w:rsid w:val="001800B2"/>
     <w:rsid w:val="00194A33"/>
+    <w:rsid w:val="001A0E89"/>
     <w:rsid w:val="001A7E79"/>
     <w:rsid w:val="001B040C"/>
     <w:rsid w:val="001D3F8E"/>
     <w:rsid w:val="002276E1"/>
     <w:rsid w:val="00241BEF"/>
     <w:rsid w:val="00243D3E"/>
     <w:rsid w:val="00246009"/>
     <w:rsid w:val="00246E6B"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="00267ED6"/>
     <w:rsid w:val="00281ED9"/>
     <w:rsid w:val="002D54EB"/>
+    <w:rsid w:val="002D6D95"/>
     <w:rsid w:val="002D71BA"/>
     <w:rsid w:val="002E1271"/>
     <w:rsid w:val="002F4DD5"/>
     <w:rsid w:val="00302296"/>
     <w:rsid w:val="0030325A"/>
     <w:rsid w:val="0030458D"/>
     <w:rsid w:val="0034334C"/>
     <w:rsid w:val="00386FEA"/>
     <w:rsid w:val="003A24A2"/>
+    <w:rsid w:val="003B7EFA"/>
     <w:rsid w:val="004138F0"/>
     <w:rsid w:val="004166CC"/>
     <w:rsid w:val="004225B0"/>
     <w:rsid w:val="00424797"/>
     <w:rsid w:val="0044404C"/>
     <w:rsid w:val="004C0259"/>
     <w:rsid w:val="004C329B"/>
     <w:rsid w:val="004C605D"/>
+    <w:rsid w:val="004D089B"/>
     <w:rsid w:val="004E0415"/>
     <w:rsid w:val="005150AA"/>
     <w:rsid w:val="0052085A"/>
     <w:rsid w:val="0053726C"/>
     <w:rsid w:val="00543C51"/>
     <w:rsid w:val="00557C0F"/>
+    <w:rsid w:val="00561320"/>
+    <w:rsid w:val="00561527"/>
+    <w:rsid w:val="00570D75"/>
     <w:rsid w:val="005825C8"/>
     <w:rsid w:val="005A19EE"/>
     <w:rsid w:val="005A4D8F"/>
     <w:rsid w:val="005B0306"/>
     <w:rsid w:val="005E161A"/>
     <w:rsid w:val="005E5B65"/>
     <w:rsid w:val="006008F6"/>
     <w:rsid w:val="0060655A"/>
     <w:rsid w:val="00606AB7"/>
     <w:rsid w:val="00627D15"/>
     <w:rsid w:val="0064613F"/>
     <w:rsid w:val="00663244"/>
     <w:rsid w:val="0067042A"/>
     <w:rsid w:val="00684733"/>
     <w:rsid w:val="006867AE"/>
     <w:rsid w:val="006A3E91"/>
     <w:rsid w:val="006B4003"/>
     <w:rsid w:val="006B5BE0"/>
     <w:rsid w:val="006D1DAD"/>
     <w:rsid w:val="006D7725"/>
+    <w:rsid w:val="006F6015"/>
+    <w:rsid w:val="00700103"/>
     <w:rsid w:val="00737AD0"/>
+    <w:rsid w:val="00740FA5"/>
     <w:rsid w:val="0075332A"/>
     <w:rsid w:val="00757D03"/>
     <w:rsid w:val="007775BD"/>
     <w:rsid w:val="007815C5"/>
     <w:rsid w:val="0078250B"/>
     <w:rsid w:val="00786E39"/>
     <w:rsid w:val="00790B02"/>
     <w:rsid w:val="007A75DD"/>
     <w:rsid w:val="007C28C8"/>
     <w:rsid w:val="007D0C14"/>
+    <w:rsid w:val="007D630D"/>
     <w:rsid w:val="0080169F"/>
     <w:rsid w:val="00805307"/>
     <w:rsid w:val="00805F59"/>
     <w:rsid w:val="00826272"/>
     <w:rsid w:val="00870261"/>
+    <w:rsid w:val="008737E8"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="0087613C"/>
     <w:rsid w:val="00876662"/>
     <w:rsid w:val="00883557"/>
     <w:rsid w:val="00887CD7"/>
     <w:rsid w:val="008B542F"/>
     <w:rsid w:val="008D7868"/>
     <w:rsid w:val="008E4A91"/>
+    <w:rsid w:val="008E51B8"/>
     <w:rsid w:val="008F6BF1"/>
+    <w:rsid w:val="0090702D"/>
     <w:rsid w:val="0091515B"/>
     <w:rsid w:val="0091735D"/>
     <w:rsid w:val="00930714"/>
     <w:rsid w:val="00937CB5"/>
     <w:rsid w:val="00962EB8"/>
+    <w:rsid w:val="009864BB"/>
     <w:rsid w:val="009B000A"/>
     <w:rsid w:val="009B04CB"/>
+    <w:rsid w:val="009D4204"/>
     <w:rsid w:val="009D6EC2"/>
     <w:rsid w:val="009F12BF"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A41FEB"/>
     <w:rsid w:val="00A519DC"/>
     <w:rsid w:val="00A53626"/>
     <w:rsid w:val="00A63DEF"/>
     <w:rsid w:val="00A63F9A"/>
     <w:rsid w:val="00A70A41"/>
+    <w:rsid w:val="00A81FD9"/>
+    <w:rsid w:val="00A9456D"/>
     <w:rsid w:val="00AA299C"/>
+    <w:rsid w:val="00AD75D0"/>
     <w:rsid w:val="00AE09E5"/>
+    <w:rsid w:val="00AE27A8"/>
     <w:rsid w:val="00AF1967"/>
     <w:rsid w:val="00AF28A8"/>
     <w:rsid w:val="00B01594"/>
+    <w:rsid w:val="00B0448C"/>
     <w:rsid w:val="00B059D9"/>
+    <w:rsid w:val="00B14BBE"/>
     <w:rsid w:val="00B22D58"/>
     <w:rsid w:val="00B3607B"/>
     <w:rsid w:val="00B368AB"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B51F67"/>
+    <w:rsid w:val="00B601E7"/>
     <w:rsid w:val="00B75C87"/>
     <w:rsid w:val="00B94707"/>
     <w:rsid w:val="00B96818"/>
     <w:rsid w:val="00BC0D17"/>
     <w:rsid w:val="00BC3D9C"/>
     <w:rsid w:val="00BD7540"/>
     <w:rsid w:val="00C02CF9"/>
     <w:rsid w:val="00C037C9"/>
     <w:rsid w:val="00C0432A"/>
     <w:rsid w:val="00C52F50"/>
     <w:rsid w:val="00C53ED9"/>
     <w:rsid w:val="00C565B4"/>
     <w:rsid w:val="00CB602D"/>
     <w:rsid w:val="00CE679E"/>
     <w:rsid w:val="00CF497A"/>
     <w:rsid w:val="00D17CA5"/>
     <w:rsid w:val="00D555D0"/>
     <w:rsid w:val="00D7443D"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00DE7E64"/>
     <w:rsid w:val="00E10271"/>
     <w:rsid w:val="00E3091C"/>
     <w:rsid w:val="00E42F99"/>
     <w:rsid w:val="00E660B1"/>
     <w:rsid w:val="00E71DBB"/>
     <w:rsid w:val="00E7378E"/>
     <w:rsid w:val="00EB0028"/>
     <w:rsid w:val="00ED047F"/>
     <w:rsid w:val="00F21747"/>
     <w:rsid w:val="00F24BBF"/>
     <w:rsid w:val="00F2501F"/>
     <w:rsid w:val="00F31675"/>
     <w:rsid w:val="00F3654C"/>
     <w:rsid w:val="00F71206"/>
     <w:rsid w:val="00F72519"/>
     <w:rsid w:val="00F83AAB"/>
+    <w:rsid w:val="00F87260"/>
+    <w:rsid w:val="00F901BA"/>
     <w:rsid w:val="00FA4CA1"/>
     <w:rsid w:val="00FB14A9"/>
     <w:rsid w:val="00FB4496"/>
     <w:rsid w:val="00FE7F53"/>
     <w:rsid w:val="00FF6814"/>
     <w:rsid w:val="00FF787B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="40961"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7BADAF8D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A1843CB-1DE5-4628-9F2F-71DCF8530F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -7978,50 +8545,120 @@
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF1967"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00016B90"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AD75D0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="430665547">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="465002692">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8441,54 +9078,54 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="81147299">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -8764,69 +9401,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC93C1E-91FD-4D96-8184-3C461011AC0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>931</Words>
-  <Characters>5307</Characters>
+  <Words>1042</Words>
+  <Characters>6214</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>135</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6226</CharactersWithSpaces>
+  <CharactersWithSpaces>7198</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</dc:title>
   <dc:subject/>
   <dc:creator>Tripp, Trisha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>