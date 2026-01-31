--- v0 (2025-12-13)
+++ v1 (2026-01-31)
@@ -7,2356 +7,2255 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="75BC4F61" w14:textId="77777777" w:rsidR="00ED047F" w:rsidRDefault="00ED047F" w:rsidP="0067042A">
+    <w:p w14:paraId="7E0D753A" w14:textId="77777777" w:rsidR="00ED047F" w:rsidRPr="00016B90" w:rsidRDefault="00ED047F" w:rsidP="0067042A">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-180"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="DIVISION1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00016B90">
         <w:rPr>
           <w:rStyle w:val="DIVISION1"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>FINANCIAL OVERSIGHT &amp; SPECIAL ENTITIES DIVISION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF743B3" w14:textId="77777777" w:rsidR="00F43491" w:rsidRDefault="00F43491" w:rsidP="0067042A">
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="2D559425" w14:textId="77777777" w:rsidR="009B04CB" w:rsidRDefault="009B04CB">
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E33C116" w14:textId="77777777" w:rsidR="009B04CB" w:rsidRDefault="009B04CB"/>
+    <w:p w14:paraId="01D2A99B" w14:textId="77777777" w:rsidR="009B04CB" w:rsidRDefault="009B04CB"/>
+    <w:p w14:paraId="57839DD8" w14:textId="77777777" w:rsidR="009B04CB" w:rsidRDefault="009B04CB"/>
+    <w:p w14:paraId="2553C6FC" w14:textId="60BBB404" w:rsidR="009B04CB" w:rsidRDefault="00D27AD1" w:rsidP="00B94707">
+      <w:pPr>
+        <w:pStyle w:val="DIVISION2"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="DIVISION1"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...26 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F43491">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="DIVISION1"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Notification of change Report</w:t>
+        <w:t xml:space="preserve">Professional Employer Organization </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1E9B">
+        <w:rPr>
+          <w:rStyle w:val="DIVISION1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>NOTIFICATION OF CHANGE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02534960" w14:textId="77777777" w:rsidR="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...7 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="38276817" w14:textId="77777777" w:rsidR="00B94707" w:rsidRPr="00543C51" w:rsidRDefault="00B94707" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E843C1F" w14:textId="2D93392C" w:rsidR="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...15 lines deleted...]
-        <w:t>Licensee Name:</w:t>
+    <w:p w14:paraId="18CF6CD4" w14:textId="3436BD3E" w:rsidR="00B94707" w:rsidRDefault="000A1E9B" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Licensee Name: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________________</w:t>
+      <w:r w:rsidR="00D27AD1" w:rsidRPr="0035572C">
+        <w:t xml:space="preserve"> _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2100424C" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6F172403" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="349E4806" w14:textId="56043052" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="19A3B05F" w14:textId="2532FE13" w:rsidR="000A1E9B" w:rsidRPr="0035572C" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>In accordance with N.C.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In accordance with N.C. Gen. Stat. </w:t>
       </w:r>
-      <w:r w:rsidR="00CE3986">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:t xml:space="preserve">§ 58-89A-80(b) and (c) the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...5 lines deleted...]
-        <w:t>G</w:t>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:t>above-named</w:t>
       </w:r>
-      <w:r w:rsidR="00CE3986">
-[...5 lines deleted...]
-        <w:t>en</w:t>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:t xml:space="preserve"> licensee hereby notifies the North Carolina Department of Insurance of the following name and/or status change(s) regarding the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...5 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:t>above-named</w:t>
       </w:r>
-      <w:r w:rsidR="00CE3986">
-[...29 lines deleted...]
-        <w:t>. § 58-89A-80(b) and (c) the above-named licensee hereby notifies the North Carolina Department of Insurance of the following name and/or status change(s) regarding the above-named licensee:</w:t>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:t xml:space="preserve"> licensee:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D62935" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5AF76059" w14:textId="77777777" w:rsidR="00D27AD1" w:rsidRDefault="00D27AD1" w:rsidP="00B94707">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="006D4682" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="0"/>
+          <w:bCs/>
           <w:u w:val="single"/>
-          <w14:ligatures w14:val="none"/>
-[...8 lines deleted...]
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Type of Change (check all that apply):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC610E0" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7B87DBA5" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="0"/>
+          <w:bCs/>
           <w:u w:val="single"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F824EA0" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="0ED51699" w14:textId="743123C0" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="0"/>
+          <w:bCs/>
           <w:u w:val="single"/>
-          <w14:ligatures w14:val="none"/>
-[...13 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-          <w14:ligatures w14:val="none"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C356594" wp14:editId="223BB22F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>18415</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="999883331" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="11519E70" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="1C356594" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:1.45pt;width:12pt;height:12.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHYc3NNgIAAHsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSbYacYosRYYB&#10;RVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+Oj5bdcochDW1aALmo1SSoTmUNZ6V9Dvz+sP&#10;nylxnumSKdCioEfh6O3i/bt5a3IxhgpUKSxBEO3y1hS08t7kSeJ4JRrmRmCERqcE2zCPW7tLSsta&#10;RG9UMk7TWdKCLY0FLpzD07veSRcRX0rB/aOUTniiCoq5+bjauG7DmizmLN9ZZqqaD2mwf8iiYbXG&#10;R89Qd8wzsrf1H1BNzS04kH7EoUlAypqLWANWk6VvqtlUzIhYC5LjzJkm9/9g+cNhY54s8d0X6LCB&#10;gZDWuNzhYaink7YJX8yUoB8pPJ5pE50nPFyajicpeji6sll2M54GlORy2VjnvwpoSDAKarErkSx2&#10;uHe+Dz2FhLccqLpc10rFTVCCWClLDgx7qHxMEcFfRSlN2oLOPk7TCPzKF6DP97eK8R9DeldRiKc0&#10;5nwpPVi+23YDH1soj0iThV5BzvB1jbj3zPknZlEyWD+OgX/ERSrAZGCwKKnA/vrbeYjHTqKXkhYl&#10;WFD3c8+soER909jjm2wyCZqNm8n00xg39tqzvfbofbMCZCjDgTM8miHeq5MpLTQvOC3L8Cq6mOb4&#10;dkH9yVz5fjBw2rhYLmMQqtQwf683hgfo0JHA53P3wqwZ+ulRCA9wEivL37S1jw03NSz3HmQdex4I&#10;7lkdeEeFR9UM0xhG6Hofoy7/jMVvAAAA//8DAFBLAwQUAAYACAAAACEAaxmlGdgAAAAEAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDVKE0xKkAFS6cKIjzNt7aFrEd2W4a/p7l&#10;BKfRaFYzb7vt4kcxU8ouBgW3qwoEhSFqF4yCj/fnmwZELhg0jjGQgm/KsO0vLzpsdTyHN5r3xQgu&#10;CblFBbaUqZUyD5Y85lWcKHB2jMljYZuM1AnPXO5HWVfVnfToAi9YnOjJ0vC1P3kFu0ezMUODye4a&#10;7dy8fB5fzYtS11fLwz2IQkv5O4ZffEaHnpkO8RR0FqMCfqQoqDcgOKzXbA+szRpk38n/8P0PAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAdhzc02AgAAewQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGsZpRnYAAAABAEAAA8AAAAAAAAAAAAAAAAA&#10;kAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="11519E70" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...60 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t>Change in the name of the licensee conducting business in North Carolina.</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Change in the name of the licensee conducting business in North Carolina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B18877A" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="426C01C1" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="771253F8" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="4DC42C38" w14:textId="30BF4034" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:tabs>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Effective Date: </w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152C4CA7" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="35EEBF35" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2359CA5A" w14:textId="7CC59F18" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">New Name: </w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>New Name:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F856A5F" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="65E1239B" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C3744F" w14:textId="402B0CD4" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Attach legal filings or amendments supporting the name change</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4EB833" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="390663A5" w14:textId="622BD574" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E759107" w14:textId="443CE333" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...12 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Attach sample copies of the revised client proposal and client agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FD2F68" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="5E41A45D" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46559B1E" w14:textId="07D5D170" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:t>Submit $50.00 fee</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Submit $50 fee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16106913" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="242D8DA8" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A023C7" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:i/>
-          <w:kern w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:i/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t>Note:  If a licensee has changed its name once during a calendar year, the licensee shall not change its name again unless the name change is approved by the Commissioner.</w:t>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: If a licensee has changed its name once during a calendar year, the licensee shall not change its name again unless the name change is approved by the Commissioner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9BAB89" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="41701918" w14:textId="77777777" w:rsidR="00F80E66" w:rsidRPr="000A1E9B" w:rsidRDefault="00F80E66" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05107200" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5489302E" w14:textId="34F28D63" w:rsidR="000A1E9B" w:rsidRDefault="00F80E66" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...19 lines deleted...]
-        </w:fldChar>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EA32779" wp14:editId="242DF798">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="520457438" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7654E5BE" w14:textId="77777777" w:rsidR="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="00F80E66"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0EA32779" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:12pt;height:12.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCK9CpmQAIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSdYacYosRYYB&#10;QVsgHXpWZCkxJouapMTOfv0o2flou9OwHBRSpB7JR9LTu7ZW5CCsq0AXNBuklAjNoaz0tqA/npef&#10;bihxnumSKdCioEfh6N3s44dpY3IxhB2oUliCINrljSnoznuTJ4njO1EzNwAjNBol2Jp5VO02KS1r&#10;EL1WyTBNJ0kDtjQWuHAOb+87I51FfCkF949SOuGJKijm5uNp47kJZzKbsnxrmdlVvE+D/UMWNas0&#10;Bj1D3TPPyN5W76DqiltwIP2AQ52AlBUXsQasJkvfVLPeMSNiLUiOM2ea3P+D5Q+HtXmyxLdfocUG&#10;BkIa43KHl6GeVto6/GOmBO1I4fFMm2g94eHReDhK0cLRlE2y2+E4oCSXx8Y6/01ATYJQUItdiWSx&#10;w8r5zvXkEmI5UFW5rJSKytEtlCUHhg3EvpfQUKKY83hZ0GX89dFePVOaNAWdfB6nMdIrW4h1xtwo&#10;xn++R8DslcYiLlwEybebllTlFU8bKI9In4VuspzhywrhV5jhE7M4SsgLrod/xEMqwJyglyjZgf39&#10;t/vgjx1GKyUNjmZB3a89swIL/66x97fZaBRmOSqj8ZchKvbasrm26H29ACQvw0U0PIrB36uTKC3U&#10;L7hF8xAVTUxzjF1QfxIXvlsY3EIu5vPohNNrmF/pteEBOnQq0PrcvjBr+j57HJAHOA0xy9+0u/MN&#10;LzXM9x5kFWch8Nyx2tOPkx+nqd/SsFrXevS6fEtmfwAAAP//AwBQSwMEFAAGAAgAAAAhANAVR2jX&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYysTQKE0nhMQRIcoOcPMS&#10;0wYap2qyruzXY7jAxdbTs56/V23m0KuJxuQjG7hcFKCIbXSeWwPbl4eLNaiUkR32kcnAFyXY1Kcn&#10;FZYuHviZpia3SkI4lWigy3kotU62o4BpEQdi8d7jGDCLHFvtRjxIeOj1siiudUDP8qHDge47sp/N&#10;Phhw/BrZvvnHo+fG+pvj0/rDTsacn813t6AyzfnvGH7wBR1qYdrFPbukegNSJP9O8ZZXonayVyvQ&#10;daX/s9ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIr0KmZAAgAAkwQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANAVR2jXAAAAAwEAAA8AAAAA&#10;AAAAAAAAAAAAmgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7654E5BE" w14:textId="77777777" w:rsidR="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="00F80E66"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Check2"/>
-[...6 lines deleted...]
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...33 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000A1E9B" w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t>Change in the location of the licensee’s primary business office.</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Change in the location of the licensee’s primary business office</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F22B8F" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="62F94B6C" w14:textId="7FF7D9ED" w:rsidR="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F7E0AAD" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="0AC2B4DD" w14:textId="16FEBD1F" w:rsidR="00F80E66" w:rsidRPr="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="00F80E66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:tabs>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Effective Date: </w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80E66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216C871C" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="25BB4537" w14:textId="77777777" w:rsidR="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BB08635" w14:textId="777087B0" w:rsidR="00F80E66" w:rsidRPr="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="00F80E66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80E66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>New Address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B88052D" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="6215B34F" w14:textId="77777777" w:rsidR="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36386EF7" w14:textId="289480D9" w:rsidR="00F80E66" w:rsidRPr="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="00F80E66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80E66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>New Mailing Address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3B7E8B" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="346F2C83" w14:textId="77777777" w:rsidR="00F80E66" w:rsidRDefault="00F80E66" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61726340" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2D58295A" w14:textId="54946C61" w:rsidR="000A1E9B" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...19 lines deleted...]
-        </w:fldChar>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D0EB913" wp14:editId="18DF0710">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1767688139" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="74E304E4" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5D0EB913" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-.05pt;width:12pt;height:12.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKJIvCQgIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X/xYkrVGnCJLkWFA&#10;0BZIh54VWY6NyaImKbGzXz9Kdh5tdxqWg0KK1EfyI+nZXddIchDG1qBymoxiSoTiUNRql9Mfz6tP&#10;N5RYx1TBJCiR06Ow9G7+8cOs1ZlIoQJZCEMQRNms1TmtnNNZFFleiYbZEWih0FiCaZhD1eyiwrAW&#10;0RsZpXE8jVowhTbAhbV4e98b6Tzgl6Xg7rEsrXBE5hRzc+E04dz6M5rPWLYzTFc1H9Jg/5BFw2qF&#10;Qc9Q98wxsjf1O6im5gYslG7EoYmgLGsuQg1YTRK/qWZTMS1CLUiO1Wea7P+D5Q+HjX4yxHVfocMG&#10;ekJabTOLl76erjSN/8dMCdqRwuOZNtE5wv2jSTqO0cLRlEyT23TiUaLLY22s+yagIV7IqcGuBLLY&#10;YW1d73py8bEsyLpY1VIG5WiX0pADwwZi3wtoKZHMOrzM6Sr8hmivnklF2pxOP0/iEOmVzcc6Y24l&#10;4z/fI2D2UmERFy685LptR+oip+mJpy0UR6TPQD9ZVvNVjfBrzPCJGRwl5AXXwz3iUUrAnGCQKKnA&#10;/P7bvffHDqOVkhZHM6f2154ZgYV/V9j722Q89rMclPHkS4qKubZsry1q3ywByUtwETUPovd38iSW&#10;BpoX3KKFj4ompjjGzqk7iUvXLwxuIReLRXDC6dXMrdVGcw/tO+Vpfe5emNFDnx0OyAOchphlb9rd&#10;+/qXChZ7B2UdZsHz3LM60I+TH6Zp2FK/Wtd68Lp8S+Z/AAAA//8DAFBLAwQUAAYACAAAACEAVG1l&#10;a9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqnVUElZFMhJI4IETjA&#10;zbWXxBCvo9hNQ7+e5QSn0WhWM2+r3Rx6NdGYfGSE1bIARWyj89wivL48LLagUjbsTB+ZEL4pwa4+&#10;P6tM6eKRn2lqcqukhFNpELqch1LrZDsKJi3jQCzZRxyDyWLHVrvRHKU89HpdFNc6GM+y0JmB7juy&#10;X80hIDh+i2zf/ePJc2P9zelp+2knxMuL+e4WVKY5/x3DL76gQy1M+3hgl1SPII9khMUKlITrjdi9&#10;6NUGdF3p//D1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKJIvCQgIAAJMEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBUbWVr2QAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAJwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="74E304E4" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check5"/>
-[...6 lines deleted...]
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...33 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000A1E9B" w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t>Change in the location of the business records maintained by the Licensee.</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Change in the location of the business records maintained by the Licensee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C567666" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="25BD7638" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C091354" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="22808409" w14:textId="42EB075F" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="44"/>
         </w:numPr>
-        <w:tabs>
-[...14 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23374320" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="32F55700" w14:textId="5FEDBBB0" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="254C43D2" w14:textId="01EB821B" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="44"/>
         </w:numPr>
-        <w:tabs>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>New Location Address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A16F2A7" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="7C08D5B3" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D67A3D7" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="79FB2863" w14:textId="6D789E73" w:rsidR="000A1E9B" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...19 lines deleted...]
-        </w:fldChar>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52443121" wp14:editId="1D1DA3EB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1750454936" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="16302242" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="52443121" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-.05pt;width:12pt;height:12.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1lsQXQgIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSbYacYosRYYB&#10;QVsgHXpWZCkxJouapMTOfv0o2flou9OwHBRSpB7JR9LTu7ZW5CCsq0AXNBuklAjNoaz0tqA/npef&#10;vlDiPNMlU6BFQY/C0bvZxw/TxuRiCDtQpbAEQbTLG1PQnfcmTxLHd6JmbgBGaDRKsDXzqNptUlrW&#10;IHqtkmGaTpIGbGkscOEc3t53RjqL+FIK7h+ldMITVVDMzcfTxnMTzmQ2ZfnWMrOreJ8G+4csalZp&#10;DHqGumeekb2t3kHVFbfgQPoBhzoBKSsuYg1YTZa+qWa9Y0bEWpAcZ840uf8Hyx8Oa/NkiW+/QosN&#10;DIQ0xuUOL0M9rbR1+MdMCdqRwuOZNtF6wsOj8XCUooWjKZtkt8NxQEkuj411/puAmgShoBa7Esli&#10;h5XznevJJcRyoKpyWSkVlaNbKEsODBuIfS+hoUQx5/GyoMv466O9eqY0aQo6uRmnMdIrW4h1xtwo&#10;xn++R8DslcYiLlwEybebllRlQW9OPG2gPCJ9FrrJcoYvK4RfYYZPzOIoIS+4Hv4RD6kAc4JeomQH&#10;9vff7oM/dhitlDQ4mgV1v/bMCiz8u8be32ajUZjlqIzGn4eo2GvL5tqi9/UCkLwMF9HwKAZ/r06i&#10;tFC/4BbNQ1Q0Mc0xdkH9SVz4bmFwC7mYz6MTTq9hfqXXhgfo0KlA63P7wqzp++xxQB7gNMQsf9Pu&#10;zje81DDfe5BVnIXAc8dqTz9OfpymfkvDal3r0evyLZn9AQAA//8DAFBLAwQUAAYACAAAACEAVG1l&#10;a9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqnVUElZFMhJI4IETjA&#10;zbWXxBCvo9hNQ7+e5QSn0WhWM2+r3Rx6NdGYfGSE1bIARWyj89wivL48LLagUjbsTB+ZEL4pwa4+&#10;P6tM6eKRn2lqcqukhFNpELqch1LrZDsKJi3jQCzZRxyDyWLHVrvRHKU89HpdFNc6GM+y0JmB7juy&#10;X80hIDh+i2zf/ePJc2P9zelp+2knxMuL+e4WVKY5/x3DL76gQy1M+3hgl1SPII9khMUKlITrjdi9&#10;6NUGdF3p//D1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA1lsQXQgIAAJMEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBUbWVr2QAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAJwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="16302242" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check3"/>
-[...6 lines deleted...]
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...33 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000A1E9B" w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t>Addition of a business office providing professional employer services in North Carolina.</w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Addition of a business office providing professional employer services in North Carolina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0571A2" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="4FF73DCC" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47E51783" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="3E54B338" w14:textId="58AF0073" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:tabs>
-[...14 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC3D741" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="18338736" w14:textId="77777777" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4503AD1E" w14:textId="0D3DE89F" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>New Office Address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0625AA37" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="1F34AD9C" w14:textId="77777777" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DFFAC09" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4A2931BE" w14:textId="18D46FF3" w:rsidR="008601F9" w:rsidRPr="000A1E9B" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...19 lines deleted...]
-        </w:fldChar>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28D77C25" wp14:editId="6DC25A20">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="771285796" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5D7D904C" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="28D77C25" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-.05pt;width:12pt;height:12.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLg7lQQgIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSdYacYosRYYB&#10;QVsgHXpWZCkxJouapMTOfv0o2flou9OwHBRSpB7JR9LTu7ZW5CCsq0AXNBuklAjNoaz0tqA/npef&#10;bihxnumSKdCioEfh6N3s44dpY3IxhB2oUliCINrljSnoznuTJ4njO1EzNwAjNBol2Jp5VO02KS1r&#10;EL1WyTBNJ0kDtjQWuHAOb+87I51FfCkF949SOuGJKijm5uNp47kJZzKbsnxrmdlVvE+D/UMWNas0&#10;Bj1D3TPPyN5W76DqiltwIP2AQ52AlBUXsQasJkvfVLPeMSNiLUiOM2ea3P+D5Q+HtXmyxLdfocUG&#10;BkIa43KHl6GeVto6/GOmBO1I4fFMm2g94eHReDhK0cLRlE2y2+E4oCSXx8Y6/01ATYJQUItdiWSx&#10;w8r5zvXkEmI5UFW5rJSKytEtlCUHhg3EvpfQUKKY83hZ0GX89dFePVOaNAWdfB6nMdIrW4h1xtwo&#10;xn++R8DslcYiLlwEybebllRlQUcnnjZQHpE+C91kOcOXFcKvMMMnZnGUkBdcD/+Ih1SAOUEvUbID&#10;+/tv98EfO4xWShoczYK6X3tmBRb+XWPvb7PRKMxyVEbjL0NU7LVlc23R+3oBSF6Gi2h4FIO/VydR&#10;WqhfcIvmISqamOYYu6D+JC58tzC4hVzM59EJp9cwv9JrwwN06FSg9bl9Ydb0ffY4IA9wGmKWv2l3&#10;5xteapjvPcgqzkLguWO1px8nP05Tv6Vhta716HX5lsz+AAAA//8DAFBLAwQUAAYACAAAACEAVG1l&#10;a9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqnVUElZFMhJI4IETjA&#10;zbWXxBCvo9hNQ7+e5QSn0WhWM2+r3Rx6NdGYfGSE1bIARWyj89wivL48LLagUjbsTB+ZEL4pwa4+&#10;P6tM6eKRn2lqcqukhFNpELqch1LrZDsKJi3jQCzZRxyDyWLHVrvRHKU89HpdFNc6GM+y0JmB7juy&#10;X80hIDh+i2zf/ePJc2P9zelp+2knxMuL+e4WVKY5/x3DL76gQy1M+3hgl1SPII9khMUKlITrjdi9&#10;6NUGdF3p//D1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCLg7lQQgIAAJMEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBUbWVr2QAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAJwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5D7D904C" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check4"/>
-[...6 lines deleted...]
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F43491">
-[...33 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t>Deletion of a business office providing professional employer services in North Carolina.</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Change in the location of a business office providing professional employer services in North Carolina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0477CDFC" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="2EB4227A" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0325E1A4" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="1709E510" w14:textId="07104AF7" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="46"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4E00AE" w14:textId="77777777" w:rsidR="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="23C34E8F" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DDCE28" w14:textId="0628414E" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="46"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...13 lines deleted...]
-        <w:t>Office Address to be Deleted:</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Old Address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51CA9DC9" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...7 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="200F8931" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A9BB0A8" w14:textId="779CD2F2" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="484A4F17" w14:textId="0471E342" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>New Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41714634" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="319F16C7" w14:textId="35F771EA" w:rsidR="000A1E9B" w:rsidRPr="000A1E9B" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...58 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70D9DDFE" wp14:editId="71265E1E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="447651324" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0AC47BFA" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="70D9DDFE" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:12pt;height:12.75pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0MfaFQQIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSdYacYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0oxflou9OwHBRSpB7JR9LTu65RZC+sq0EXNBuklAjNoaz1tqA/npef&#10;bihxnumSKdCioAfh6N3s44dpa3IxhApUKSxBEO3y1hS08t7kSeJ4JRrmBmCERqME2zCPqt0mpWUt&#10;ojcqGabpJGnBlsYCF87h7f3RSGcRX0rB/aOUTniiCoq5+XjaeG7CmcymLN9aZqqa92mwf8iiYbXG&#10;oGeoe+YZ2dn6HVRTcwsOpB9waBKQsuYi1oDVZOmbatYVMyLWguQ4c6bJ/T9Y/rBfmydLfPcVOmxg&#10;IKQ1Lnd4GerppG3CP2ZK0I4UHs60ic4THh6Nh6MULRxN2SS7HY4DSnJ5bKzz3wQ0JAgFtdiVSBbb&#10;r5w/up5cQiwHqi6XtVJRObiFsmTPsIHY9xJaShRzHi8Luoy/PtqrZ0qTtqCTz+M0RnplC7HOmBvF&#10;+M/3CJi90ljEhYsg+W7TkbosaKww3GygPCB9Fo6T5Qxf1gi/wgyfmMVRQl5wPfwjHlIB5gS9REkF&#10;9vff7oM/dhitlLQ4mgV1v3bMCiz8u8be32ajUZjlqIzGX4ao2GvL5tqid80CkLwMF9HwKAZ/r06i&#10;tNC84BbNQ1Q0Mc0xdkH9SVz448LgFnIxn0cnnF7D/EqvDQ/QoVOB1ufuhVnT99njgDzAaYhZ/qbd&#10;R9/wUsN850HWcRYurPb04+THaeq3NKzWtR69Lt+S2R8AAAD//wMAUEsDBBQABgAIAAAAIQDQFUdo&#10;1wAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMrE0ChNJ4TEESHKDnDz&#10;EtMGGqdqsq7s12O4wMXW07Oev1dt5tCricbkIxu4XBSgiG10nlsD25eHizWolJEd9pHJwBcl2NSn&#10;JxWWLh74maYmt0pCOJVooMt5KLVOtqOAaREHYvHe4xgwixxb7UY8SHjo9bIornVAz/Khw4HuO7Kf&#10;zT4YcPwa2b75x6Pnxvqb49P6w07GnJ/Nd7egMs357xh+8AUdamHaxT27pHoDUiT/TvGWV6J2slcr&#10;0HWl/7PX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0MfaFQQIAAJMEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDQFUdo1wAAAAMBAAAPAAAA&#10;AAAAAAAAAAAAAJsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0AC47BFA" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Change in the location of a business office providing professional employer services in </w:t>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidR="00883DF3">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000A1E9B" w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...11 lines deleted...]
-        <w:t>North Carolina.</w:t>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Addition of Controlling Person</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713F4CF1" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...5 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="70335AE5" w14:textId="77777777" w:rsidR="000A1E9B" w:rsidRDefault="000A1E9B" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="032B5747" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="3E6B9AD4" w14:textId="36494DA0" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="47"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BFE755" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="1F4251CB" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="520143D1" w14:textId="15E6E545" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="47"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...13 lines deleted...]
-        <w:t>Old Address:</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Name of new Controlling Person:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1A659F" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="66286932" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B6C8241" w14:textId="5E117310" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="37"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...13 lines deleted...]
-        <w:t>New Address:</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Attach a Biographical Affidavit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B96905" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...5 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="375EA4DD" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BFE99A4" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...76 lines deleted...]
-        <w:t>Addition of Controlling Person.</w:t>
+    <w:p w14:paraId="7EE0FCDC" w14:textId="6A990E92" w:rsidR="008601F9" w:rsidRPr="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attach Fingerprint Card </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01590498" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="43122C17" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F11F0CB" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="631B34B4" w14:textId="382F6057" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="00C70D6A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F985CCD" wp14:editId="032CEB0F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1424480370" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5895375B" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2F985CCD" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-.05pt;width:12pt;height:12.75pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA04VchQQIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSdYacYosRYYB&#10;QVsgHXpWZCkxJouapMTOfv0o2flou9OwHBRSpB7JR9LTu7ZW5CCsq0AXNBuklAjNoaz0tqA/npef&#10;bihxnumSKdCioEfh6N3s44dpY3IxhB2oUliCINrljSnoznuTJ4njO1EzNwAjNBol2Jp5VO02KS1r&#10;EL1WyTBNJ0kDtjQWuHAOb+87I51FfCkF949SOuGJKijm5uNp47kJZzKbsnxrmdlVvE+D/UMWNas0&#10;Bj1D3TPPyN5W76DqiltwIP2AQ52AlBUXsQasJkvfVLPeMSNiLUiOM2ea3P+D5Q+HtXmyxLdfocUG&#10;BkIa43KHl6GeVto6/GOmBO1I4fFMm2g94eHReDhK0cLRlE2y2+E4oCSXx8Y6/01ATYJQUItdiWSx&#10;w8r5zvXkEmI5UFW5rJSKytEtlCUHhg3EvpfQUKKY83hZ0GX89dFePVOaNAWdfB6nMdIrW4h1xtwo&#10;xn++R8DslcYiLlwEybebllQlAp942kB5RPosdJPlDF9WCL/CDJ+YxVFCXnA9/CMeUgHmBL1EyQ7s&#10;77/dB3/sMFopaXA0C+p+7ZkVWPh3jb2/zUajMMtRGY2/DFGx15bNtUXv6wUgeRkuouFRDP5enURp&#10;oX7BLZqHqGhimmPsgvqTuPDdwuAWcjGfRyecXsP8Sq8ND9ChU4HW5/aFWdP32eOAPMBpiFn+pt2d&#10;b3ipYb73IKs4C4HnjtWefpz8OE39lobVutaj1+VbMvsDAAD//wMAUEsDBBQABgAIAAAAIQBUbWVr&#10;2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWqdVQSVkUyEkjggROMDN&#10;tZfEEK+j2E1Dv57lBKfRaFYzb6vdHHo10Zh8ZITVsgBFbKPz3CK8vjwstqBSNuxMH5kQvinBrj4/&#10;q0zp4pGfaWpyq6SEU2kQupyHUutkOwomLeNALNlHHIPJYsdWu9EcpTz0el0U1zoYz7LQmYHuO7Jf&#10;zSEgOH6LbN/948lzY/3N6Wn7aSfEy4v57hZUpjn/HcMvvqBDLUz7eGCXVI8gj2SExQqUhOuN2L3o&#10;1QZ0Xen/8PUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADThVyFBAgAAkwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFRtZWvZAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAmwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5895375B" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008601F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Deletion of Controlling Person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03524932" w14:textId="77777777" w:rsidR="00C70D6A" w:rsidRDefault="00C70D6A" w:rsidP="00C70D6A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4280EBEB" w14:textId="19889709" w:rsidR="00C70D6A" w:rsidRPr="00C70D6A" w:rsidRDefault="00C70D6A" w:rsidP="00C70D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="50"/>
         </w:numPr>
-        <w:tabs>
-[...14 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70D6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
         </w:rPr>
         <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4F70B6" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-      <w:pPr>
+    <w:p w14:paraId="14745D27" w14:textId="77777777" w:rsidR="00C70D6A" w:rsidRPr="00C70D6A" w:rsidRDefault="00C70D6A" w:rsidP="00C70D6A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E58DACC" w14:textId="195DAA77" w:rsidR="00C70D6A" w:rsidRPr="00C70D6A" w:rsidRDefault="00C70D6A" w:rsidP="00C70D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="50"/>
         </w:numPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:t>Name of new Controlling Person:</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70D6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Name of Deleted Controlling Person:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A40109" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...23 lines deleted...]
-        <w:t>Attach a Biographical Affidavit</w:t>
+    <w:p w14:paraId="604CFB7C" w14:textId="4CA7472C" w:rsidR="008601F9" w:rsidRPr="000A1E9B" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D32EDA9" w14:textId="2AC1A2AC" w:rsidR="000A1E9B" w:rsidRDefault="008601F9" w:rsidP="000A1E9B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="618A70E1" wp14:editId="1719641F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="161925"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2141694810" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="161925"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="422663D1" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="618A70E1" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-.05pt;width:12pt;height:12.75pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLUxj0QgIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSboacYosRYYB&#10;QVsgHXpWZCkxJouapMTOfv0o2flou9OwHBRSpB7JR9LTu7ZW5CCsq0AXNBuklAjNoaz0tqA/npef&#10;vlDiPNMlU6BFQY/C0bvZxw/TxuRiCDtQpbAEQbTLG1PQnfcmTxLHd6JmbgBGaDRKsDXzqNptUlrW&#10;IHqtkmGaTpIGbGkscOEc3t53RjqL+FIK7h+ldMITVVDMzcfTxnMTzmQ2ZfnWMrOreJ8G+4csalZp&#10;DHqGumeekb2t3kHVFbfgQPoBhzoBKSsuYg1YTZa+qWa9Y0bEWpAcZ840uf8Hyx8Oa/NkiW+/QosN&#10;DIQ0xuUOL0M9rbR1+MdMCdqRwuOZNtF6wsOj8XCUooWjKZtkt8NxQEkuj411/puAmgShoBa7Esli&#10;h5XznevJJcRyoKpyWSkVlaNbKEsODBuIfS+hoUQx5/GyoMv466O9eqY0aQo6+TxOY6RXthDrjLlR&#10;jP98j4DZK41FXLgIkm83LanKgt6ceNpAeUT6LHST5QxfVgi/wgyfmMVRQl5wPfwjHlIB5gS9RMkO&#10;7O+/3Qd/7DBaKWlwNAvqfu2ZFVj4d429v81GozDLURmNb4ao2GvL5tqi9/UCkLwMF9HwKAZ/r06i&#10;tFC/4BbNQ1Q0Mc0xdkH9SVz4bmFwC7mYz6MTTq9hfqXXhgfo0KlA63P7wqzp++xxQB7gNMQsf9Pu&#10;zje81DDfe5BVnIXAc8dqTz9OfpymfkvDal3r0evyLZn9AQAA//8DAFBLAwQUAAYACAAAACEAVG1l&#10;a9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FqnVUElZFMhJI4IETjA&#10;zbWXxBCvo9hNQ7+e5QSn0WhWM2+r3Rx6NdGYfGSE1bIARWyj89wivL48LLagUjbsTB+ZEL4pwa4+&#10;P6tM6eKRn2lqcqukhFNpELqch1LrZDsKJi3jQCzZRxyDyWLHVrvRHKU89HpdFNc6GM+y0JmB7juy&#10;X80hIDh+i2zf/ePJc2P9zelp+2knxMuL+e4WVKY5/x3DL76gQy1M+3hgl1SPII9khMUKlITrjdi9&#10;6NUGdF3p//D1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBLUxj0QgIAAJMEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBUbWVr2QAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAJwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="422663D1" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000A1E9B" w:rsidRPr="000A1E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other (to include change in business structure, bankruptcy filing, any regulatory or judicial action taken against the Licensee, etc.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C8871E" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...145 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="544D8AFC" w14:textId="0D94CDA2" w:rsidR="0035572C" w:rsidRDefault="0035572C" w:rsidP="008601F9"/>
+    <w:p w14:paraId="33966E59" w14:textId="48C263A7" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:r>
         <w:t>Effective Date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF69228" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...19 lines deleted...]
-        <w:t>Name of Deleted Controlling Person:</w:t>
+    <w:p w14:paraId="1A77353B" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+    <w:p w14:paraId="7D8849A7" w14:textId="6E6984E4" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:r>
+        <w:t>Description of Change:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1751C873" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...15 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="70F4CC69" w14:textId="77777777" w:rsidR="00C70D6A" w:rsidRPr="00C70D6A" w:rsidRDefault="00C70D6A">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="0"/>
-[...64 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C70D6A">
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-        <w:t>Other (to include change in business structure, bankruptcy filing, any regulatory or judicial action taken against the Licensee, etc.)</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...7 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="5AAA014A" w14:textId="470048C7" w:rsidR="00C70D6A" w:rsidRPr="00C70D6A" w:rsidRDefault="00C70D6A" w:rsidP="008601F9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56C9794C" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...22 lines deleted...]
-        <w:t>Effective Date:</w:t>
+    <w:p w14:paraId="0F3DE03F" w14:textId="73A03561" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:r>
+        <w:t>Prepared By:  _____________________________________________ Date: __________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3F4196" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Description of change:  </w:t>
+    <w:p w14:paraId="410A89CB" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+    <w:p w14:paraId="77B76BD1" w14:textId="6420902B" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9">
+      <w:r>
+        <w:t>Title:  __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C3DD54" w14:textId="77777777" w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidRDefault="00F43491" w:rsidP="00F43491">
-[...250 lines deleted...]
-    <w:sectPr w:rsidR="00F43491" w:rsidRPr="00F43491" w:rsidSect="0078250B">
+    <w:p w14:paraId="46F52805" w14:textId="77777777" w:rsidR="008601F9" w:rsidRDefault="008601F9" w:rsidP="008601F9"/>
+    <w:sectPr w:rsidR="008601F9" w:rsidSect="00805F59">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DAB28D5" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="076F4F72" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29F62301" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="52D0A960" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PS"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="36F38C93" w14:textId="0952C101" w:rsidR="00F43491" w:rsidRDefault="0067042A" w:rsidP="00F43491">
+  <w:p w14:paraId="02465702" w14:textId="61E57071" w:rsidR="009B04CB" w:rsidRDefault="0067042A" w:rsidP="009B04CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="00F43491" w:rsidRPr="00F43491">
+    <w:r w:rsidR="009B04CB" w:rsidRPr="009B04CB">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00F43491">
+    <w:r w:rsidR="009B04CB">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Form PEO-10 (11/2025)</w:t>
+      <w:t>Form PEO</w:t>
+    </w:r>
+    <w:r w:rsidR="0035572C">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="008601F9">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidR="009B04CB">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (1/</w:t>
+    </w:r>
+    <w:r w:rsidR="00561320">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>26</w:t>
+    </w:r>
+    <w:r w:rsidR="009B04CB">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6A7D71F3" w14:textId="3864AD22" w:rsidR="0067042A" w:rsidRDefault="0067042A">
+  <w:p w14:paraId="276C6837" w14:textId="5F84A2B2" w:rsidR="0067042A" w:rsidRDefault="0067042A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D2B9620" w14:textId="3F8DD89A" w:rsidR="0078250B" w:rsidRDefault="00F43491" w:rsidP="0078250B">
+  <w:p w14:paraId="0DE3A9E0" w14:textId="32BC0D6D" w:rsidR="0078250B" w:rsidRDefault="009B04CB" w:rsidP="0078250B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Form PEO-10 (11/2025)</w:t>
+      <w:t>Form PEO-</w:t>
+    </w:r>
+    <w:r w:rsidR="008601F9">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (1/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00561320">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30ED3FDA" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="0889F613" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51C4E4DD" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="59AFA36F" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4289076F" w14:textId="3EBA7B2E" w:rsidR="00137EB9" w:rsidRDefault="00CB602D" w:rsidP="00E7378E">
+  <w:p w14:paraId="2736B7B2" w14:textId="77777777" w:rsidR="00137EB9" w:rsidRDefault="00CB602D" w:rsidP="00E7378E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7125"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13145A99" wp14:editId="24FB3C0E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62DFA0D3" wp14:editId="3829974B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-23495</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-457200</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7774305" cy="10057130"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="865706740" name="Picture 1" descr="NCDOI Seal/Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1547794078" name="Picture 1" descr="NCDOI Seal/Logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2377,50 +2276,531 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00137EB9">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="AD094433"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="AE98695E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="E2422B26"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="E3575A88"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="E64EA218"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00F44F7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D38678BA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04696817"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2D86F8EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="070B4ECB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F86289C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2525,51 +2905,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07307784"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B422F3A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A7154A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="448C35C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2638,51 +3131,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15785C7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B08CA0F6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2250" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2751,51 +3244,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7290" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1843737D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D478B112"/>
     <w:lvl w:ilvl="0" w:tplc="2098D7BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2844,51 +3337,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A0F6D11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="086461EA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2957,51 +3450,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DA62C69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86E0A626"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3070,191 +3563,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...139 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EED1FF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBDCCCF4"/>
     <w:lvl w:ilvl="0" w:tplc="2098D7BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3327,51 +3680,102 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F38989D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F45427A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6ADC0F7C"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3440,51 +3844,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="214A3BEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9D8006C"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3553,51 +3957,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2384334E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9308ADC"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3666,51 +4070,102 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29E0F1A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A967128"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9A6A72A"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3779,191 +4234,215 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2B5F27FB"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C7C5408"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7D00E0A8"/>
+    <w:tmpl w:val="12500288"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CE957AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...129 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E287985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCB609B2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4036,1759 +4515,1538 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="33A33093"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36DA14EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="884ADFEA"/>
+    <w:tmpl w:val="9078DDC2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38C93BC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C421B7E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A2F66E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C1E5CE4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C856781"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E24B86A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41B20664"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5F84F30"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41C6122C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="98BAB6A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="446D5F00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75E4302A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="459D6668"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBE00AF6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="469E7055"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A50891C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ACD6617"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="95B84452"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D7E326E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5AEACE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FCE672B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD3EC83C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="566B12E9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="338CDAA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...29 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...1567 lines deleted...]
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56DE48BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AD291B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5857,191 +6115,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="58090A24"/>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A5C4921"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4E5E0314"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:tmpl w:val="76229A82"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
-[...29 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
-[...29 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
-[...23 lines deleted...]
-        <w:ind w:left="8280" w:hanging="360"/>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="617467D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2752C0BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6110,51 +6341,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BBD6FA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="857A199E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6223,191 +6454,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-[...139 lines deleted...]
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7517418A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16229CFA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6476,51 +6567,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76D5211B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCC666D0"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6562,51 +6653,215 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77D044FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A5E3671"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="885E0070"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AA14DB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="715C3128"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6675,51 +6930,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ADD455B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34D067B8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6788,51 +7043,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DBD019B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86BC4CEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Heading2"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="Part %2: "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6916,51 +7171,51 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E444B00"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1726503A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7065,51 +7320,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F8C7545"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50D0A272"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7179,378 +7434,463 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1460605296">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="283081751">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1028138575">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1423405848">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="501625719">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1359892229">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="683282760">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2037778341">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1419137900">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1299842939">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1767576488">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1977829444">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1398742894">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="741106140">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="403721708">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1225024003">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="494417655">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="283081751">
+  <w:num w:numId="18" w16cid:durableId="1303148985">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="531844795">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1205286530">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="493885105">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="858086978">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1925794368">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="500437039">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1117603710">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1427456910">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="571542921">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="80220918">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1608731527">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="460881907">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="91554360">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1730226831">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="2102487307">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="561797012">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="464666117">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2095854884">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1954247681">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="208349272">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1028138575">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="39" w16cid:durableId="1863395898">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1423405848">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="40" w16cid:durableId="836580686">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="501625719">
+  <w:num w:numId="41" w16cid:durableId="1103919320">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="2076581063">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="174619637">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="986593483">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1009211023">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1739285345">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1950311660">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="938878620">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1359892229">
-[...71 lines deleted...]
-  <w:num w:numId="30" w16cid:durableId="460881907">
+  <w:num w:numId="49" w16cid:durableId="1959795551">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="91554360">
-[...27 lines deleted...]
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="50" w16cid:durableId="803043335">
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="360"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267ED6"/>
     <w:rsid w:val="00016B90"/>
     <w:rsid w:val="000217DB"/>
     <w:rsid w:val="00022761"/>
+    <w:rsid w:val="000546A4"/>
     <w:rsid w:val="0008522D"/>
     <w:rsid w:val="00097484"/>
+    <w:rsid w:val="000A1E9B"/>
     <w:rsid w:val="000A6DDB"/>
+    <w:rsid w:val="000C121C"/>
     <w:rsid w:val="000E2C71"/>
+    <w:rsid w:val="000F4728"/>
     <w:rsid w:val="001060E8"/>
     <w:rsid w:val="0010766F"/>
+    <w:rsid w:val="00110439"/>
+    <w:rsid w:val="0013462E"/>
     <w:rsid w:val="00137EB9"/>
     <w:rsid w:val="00143E88"/>
     <w:rsid w:val="00146B48"/>
     <w:rsid w:val="00153F8F"/>
     <w:rsid w:val="0015734C"/>
     <w:rsid w:val="00174C46"/>
     <w:rsid w:val="001800B2"/>
     <w:rsid w:val="00194A33"/>
+    <w:rsid w:val="001A0E89"/>
     <w:rsid w:val="001A7E79"/>
     <w:rsid w:val="001B040C"/>
     <w:rsid w:val="001D3F8E"/>
     <w:rsid w:val="002276E1"/>
     <w:rsid w:val="00241BEF"/>
     <w:rsid w:val="00243D3E"/>
     <w:rsid w:val="00246009"/>
     <w:rsid w:val="00246E6B"/>
     <w:rsid w:val="00251C31"/>
     <w:rsid w:val="00267ED6"/>
     <w:rsid w:val="00281ED9"/>
     <w:rsid w:val="002D54EB"/>
+    <w:rsid w:val="002D6D95"/>
+    <w:rsid w:val="002D71BA"/>
     <w:rsid w:val="002E1271"/>
     <w:rsid w:val="002F4DD5"/>
     <w:rsid w:val="00302296"/>
     <w:rsid w:val="0030325A"/>
     <w:rsid w:val="0030458D"/>
+    <w:rsid w:val="003158B4"/>
     <w:rsid w:val="0034334C"/>
+    <w:rsid w:val="0035572C"/>
     <w:rsid w:val="00386FEA"/>
+    <w:rsid w:val="00394872"/>
     <w:rsid w:val="003A24A2"/>
+    <w:rsid w:val="003B7EFA"/>
     <w:rsid w:val="004138F0"/>
     <w:rsid w:val="004166CC"/>
     <w:rsid w:val="004225B0"/>
     <w:rsid w:val="00424797"/>
     <w:rsid w:val="0044404C"/>
     <w:rsid w:val="004C0259"/>
     <w:rsid w:val="004C329B"/>
     <w:rsid w:val="004C605D"/>
+    <w:rsid w:val="004D089B"/>
     <w:rsid w:val="004E0415"/>
     <w:rsid w:val="005150AA"/>
+    <w:rsid w:val="0052085A"/>
     <w:rsid w:val="0053726C"/>
+    <w:rsid w:val="00543C51"/>
     <w:rsid w:val="00557C0F"/>
+    <w:rsid w:val="00561320"/>
+    <w:rsid w:val="00561527"/>
+    <w:rsid w:val="00570D75"/>
     <w:rsid w:val="005825C8"/>
     <w:rsid w:val="005A19EE"/>
     <w:rsid w:val="005A4D8F"/>
     <w:rsid w:val="005B0306"/>
+    <w:rsid w:val="005E161A"/>
+    <w:rsid w:val="005E5B65"/>
     <w:rsid w:val="006008F6"/>
     <w:rsid w:val="0060655A"/>
     <w:rsid w:val="00606AB7"/>
     <w:rsid w:val="00627D15"/>
     <w:rsid w:val="0064613F"/>
     <w:rsid w:val="00663244"/>
     <w:rsid w:val="0067042A"/>
     <w:rsid w:val="00684733"/>
     <w:rsid w:val="006867AE"/>
+    <w:rsid w:val="006A3E91"/>
     <w:rsid w:val="006B4003"/>
     <w:rsid w:val="006B5BE0"/>
+    <w:rsid w:val="006D1DAD"/>
     <w:rsid w:val="006D7725"/>
+    <w:rsid w:val="006F6015"/>
+    <w:rsid w:val="00700103"/>
+    <w:rsid w:val="007054F7"/>
     <w:rsid w:val="00737AD0"/>
+    <w:rsid w:val="00740FA5"/>
     <w:rsid w:val="0075332A"/>
     <w:rsid w:val="00757D03"/>
     <w:rsid w:val="007775BD"/>
     <w:rsid w:val="007815C5"/>
     <w:rsid w:val="0078250B"/>
     <w:rsid w:val="00786E39"/>
     <w:rsid w:val="00790B02"/>
     <w:rsid w:val="007A75DD"/>
     <w:rsid w:val="007C28C8"/>
     <w:rsid w:val="007D0C14"/>
+    <w:rsid w:val="007D5746"/>
+    <w:rsid w:val="007D630D"/>
     <w:rsid w:val="0080169F"/>
     <w:rsid w:val="00805307"/>
+    <w:rsid w:val="00805F59"/>
     <w:rsid w:val="00826272"/>
+    <w:rsid w:val="008601F9"/>
     <w:rsid w:val="00870261"/>
+    <w:rsid w:val="008737E8"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="0087613C"/>
     <w:rsid w:val="00876662"/>
-    <w:rsid w:val="00883DF3"/>
+    <w:rsid w:val="00883557"/>
+    <w:rsid w:val="00887CD7"/>
     <w:rsid w:val="008B542F"/>
     <w:rsid w:val="008D7868"/>
     <w:rsid w:val="008E4A91"/>
+    <w:rsid w:val="008E51B8"/>
     <w:rsid w:val="008F6BF1"/>
+    <w:rsid w:val="0090702D"/>
     <w:rsid w:val="0091515B"/>
     <w:rsid w:val="0091735D"/>
     <w:rsid w:val="00930714"/>
+    <w:rsid w:val="00937CB5"/>
     <w:rsid w:val="00962EB8"/>
+    <w:rsid w:val="009864BB"/>
     <w:rsid w:val="009B000A"/>
+    <w:rsid w:val="009B04CB"/>
+    <w:rsid w:val="009D4204"/>
     <w:rsid w:val="009D6EC2"/>
     <w:rsid w:val="009F12BF"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A41FEB"/>
     <w:rsid w:val="00A519DC"/>
     <w:rsid w:val="00A53626"/>
     <w:rsid w:val="00A63DEF"/>
     <w:rsid w:val="00A63F9A"/>
     <w:rsid w:val="00A70A41"/>
+    <w:rsid w:val="00A81FD9"/>
+    <w:rsid w:val="00A9456D"/>
     <w:rsid w:val="00AA299C"/>
+    <w:rsid w:val="00AD75D0"/>
     <w:rsid w:val="00AE09E5"/>
+    <w:rsid w:val="00AE27A8"/>
     <w:rsid w:val="00AF1967"/>
     <w:rsid w:val="00AF28A8"/>
     <w:rsid w:val="00B01594"/>
+    <w:rsid w:val="00B0448C"/>
     <w:rsid w:val="00B059D9"/>
+    <w:rsid w:val="00B14BBE"/>
     <w:rsid w:val="00B22D58"/>
     <w:rsid w:val="00B3607B"/>
     <w:rsid w:val="00B368AB"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B51F67"/>
+    <w:rsid w:val="00B601E7"/>
     <w:rsid w:val="00B75C87"/>
+    <w:rsid w:val="00B94707"/>
     <w:rsid w:val="00B96818"/>
     <w:rsid w:val="00BC0D17"/>
     <w:rsid w:val="00BC3D9C"/>
     <w:rsid w:val="00BD7540"/>
     <w:rsid w:val="00C02CF9"/>
+    <w:rsid w:val="00C037C9"/>
     <w:rsid w:val="00C0432A"/>
     <w:rsid w:val="00C52F50"/>
     <w:rsid w:val="00C53ED9"/>
     <w:rsid w:val="00C565B4"/>
+    <w:rsid w:val="00C70D6A"/>
     <w:rsid w:val="00CB602D"/>
-    <w:rsid w:val="00CE3986"/>
     <w:rsid w:val="00CE679E"/>
     <w:rsid w:val="00CF497A"/>
     <w:rsid w:val="00D17CA5"/>
+    <w:rsid w:val="00D27AD1"/>
     <w:rsid w:val="00D555D0"/>
     <w:rsid w:val="00D7443D"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00DE7E64"/>
+    <w:rsid w:val="00E03E81"/>
     <w:rsid w:val="00E10271"/>
     <w:rsid w:val="00E3091C"/>
     <w:rsid w:val="00E42F99"/>
     <w:rsid w:val="00E660B1"/>
     <w:rsid w:val="00E71DBB"/>
     <w:rsid w:val="00E7378E"/>
     <w:rsid w:val="00EB0028"/>
     <w:rsid w:val="00ED047F"/>
     <w:rsid w:val="00F21747"/>
     <w:rsid w:val="00F24BBF"/>
     <w:rsid w:val="00F2501F"/>
     <w:rsid w:val="00F31675"/>
-    <w:rsid w:val="00F43491"/>
+    <w:rsid w:val="00F3654C"/>
+    <w:rsid w:val="00F410EA"/>
     <w:rsid w:val="00F71206"/>
     <w:rsid w:val="00F72519"/>
+    <w:rsid w:val="00F80E66"/>
     <w:rsid w:val="00F83AAB"/>
+    <w:rsid w:val="00F87260"/>
+    <w:rsid w:val="00F901BA"/>
+    <w:rsid w:val="00FA4CA1"/>
     <w:rsid w:val="00FB14A9"/>
     <w:rsid w:val="00FB4496"/>
     <w:rsid w:val="00FE7F53"/>
     <w:rsid w:val="00FF6814"/>
     <w:rsid w:val="00FF787B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="352971F3"/>
+  <w14:docId w14:val="7BADAF8D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A1843CB-1DE5-4628-9F2F-71DCF8530F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8140,51 +8480,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00267ED6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DIVISION1">
     <w:name w:val="DIVISION1"/>
@@ -8604,55 +8943,133 @@
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF1967"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00016B90"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...3 lines deleted...]
-    <w:rsid w:val="00F43491"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AD75D0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00740FA5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00D27AD1"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="430665547">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="465002692">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -9396,69 +9813,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC93C1E-91FD-4D96-8184-3C461011AC0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>323</Words>
-  <Characters>1845</Characters>
+  <Words>269</Words>
+  <Characters>1825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2164</CharactersWithSpaces>
+  <CharactersWithSpaces>2081</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</dc:title>
   <dc:subject/>
   <dc:creator>Tripp, Trisha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>