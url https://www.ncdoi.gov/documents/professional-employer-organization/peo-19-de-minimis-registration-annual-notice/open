--- v0 (2026-01-07)
+++ v1 (2026-03-13)
@@ -86,83 +86,51 @@
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FACB12F" w14:textId="7566A2CA" w:rsidR="00831AD3" w:rsidRPr="00616A62" w:rsidRDefault="00266839" w:rsidP="002520AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616A62">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, each de minimis registrant is required to notify the Commissioner of its continuing eligibility for de minimis registration using this form.  </w:t>
+        <w:t xml:space="preserve"> In accordance with N.C.Gen.Stat. § 58-89A-75(e) on an annual basis, no earlier than January 1 and no later than January 15, each de minimis registrant is required to notify the Commissioner of its continuing eligibility for de minimis registration using this form.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00616A62">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete all </w:t>
       </w:r>
       <w:r w:rsidR="00D74165" w:rsidRPr="00616A62">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">required </w:t>
       </w:r>
       <w:r w:rsidRPr="00616A62">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -288,76 +256,76 @@
     </w:p>
     <w:p w14:paraId="5C610077" w14:textId="02E576D9" w:rsidR="00864483" w:rsidRPr="00864483" w:rsidRDefault="00864483" w:rsidP="00864483">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00864483">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Legal Name of Registrant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB56365" w14:textId="77777777" w:rsidR="00020881" w:rsidRPr="00864483" w:rsidRDefault="00020881">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="421DF895" w14:textId="6D1693F8" w:rsidR="00020881" w:rsidRDefault="00020881">
+    <w:p w14:paraId="421DF895" w14:textId="1BA49966" w:rsidR="00020881" w:rsidRDefault="00020881">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hereby notifies the Commissioner of Insurance of the State of North Carolina of its continuing eligibility for de minimis registration under </w:t>
       </w:r>
       <w:r w:rsidRPr="00266839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 58-89-A</w:t>
+        <w:t xml:space="preserve"> 58-89A</w:t>
       </w:r>
       <w:r w:rsidR="00864483">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>-75.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D189EFE" w14:textId="77777777" w:rsidR="00864483" w:rsidRDefault="00864483">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4471013F" w14:textId="15A572D8" w:rsidR="00864483" w:rsidRDefault="00864483">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
@@ -455,171 +423,171 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400A9A33" w14:textId="77777777" w:rsidR="00864483" w:rsidRDefault="00864483">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D0EBB51" w14:textId="04AA1410" w:rsidR="00864483" w:rsidRDefault="00ED2123" w:rsidP="00ED2123">
+    <w:p w14:paraId="0D0EBB51" w14:textId="6E1809C6" w:rsidR="00864483" w:rsidRDefault="00ED2123" w:rsidP="00ED2123">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Has t</w:t>
       </w:r>
       <w:r w:rsidR="00864483">
         <w:t xml:space="preserve">here has been </w:t>
       </w:r>
       <w:r>
         <w:t>any</w:t>
       </w:r>
       <w:r w:rsidR="00864483">
         <w:t xml:space="preserve"> change in the information previously provided to the Commissioner under N.C. Gen. Stat. </w:t>
       </w:r>
       <w:r w:rsidR="00864483" w:rsidRPr="00266839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="00864483">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 58-89-A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00864483">
+        <w:t xml:space="preserve"> 58-89A-75</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>-75</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>?  ______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00864483">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>?  ______________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00864483">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288009BA" w14:textId="77777777" w:rsidR="00ED2123" w:rsidRDefault="00ED2123" w:rsidP="00ED2123">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="288009BA" w14:textId="77777777" w:rsidR="00ED2123" w:rsidRDefault="00ED2123" w:rsidP="00ED2123">
+    <w:p w14:paraId="6287C9F3" w14:textId="40E424F0" w:rsidR="00864483" w:rsidRDefault="00ED2123" w:rsidP="00616A62">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:left="360"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>If t</w:t>
+      </w:r>
+      <w:r w:rsidR="00864483">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>If t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00864483">
+        <w:t xml:space="preserve">here has been a change in the information previously provided to the Commission under N.C. Gen. Stat. </w:t>
+      </w:r>
+      <w:r w:rsidR="00864483" w:rsidRPr="00266839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">here has been a change in the information previously provided to the Commission under N.C. Gen. Stat. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00864483" w:rsidRPr="00266839">
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="00864483">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>§</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00864483">
+        <w:t xml:space="preserve"> 58-89A</w:t>
+      </w:r>
+      <w:r w:rsidR="00725D27">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 58-89-A</w:t>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00864483">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">-75 </w:t>
+        <w:t xml:space="preserve">75 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00864483">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -1077,86 +1045,70 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74165">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Does not employe salespersons who reside or direct their sales activities in the State of North Carolina;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FF4A4F2" w14:textId="77777777" w:rsidR="00D74165" w:rsidRPr="00D74165" w:rsidRDefault="00D74165" w:rsidP="00D74165">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3029745D" w14:textId="5951EF4C" w:rsidR="00020881" w:rsidRPr="00D74165" w:rsidRDefault="00020881" w:rsidP="00D74165">
+    <w:p w14:paraId="3029745D" w14:textId="0B69D7B1" w:rsidR="00020881" w:rsidRPr="00D74165" w:rsidRDefault="00020881" w:rsidP="00D74165">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74165">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Does not employ directly or in common control with another person, as defined in N.C. Gen. Stat. </w:t>
-[...15 lines deleted...]
-        <w:t>-5(12), more than 50 assigned employees in the state of North Carolina;</w:t>
+        <w:t>Does not employ directly or in common control with another person, as defined in N.C. Gen. Stat. § 58-89A-5(12), more than 50 assigned employees in the state of North Carolina;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C93B401" w14:textId="77777777" w:rsidR="00020881" w:rsidRDefault="00020881" w:rsidP="00020881">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B4144CD" w14:textId="23140C99" w:rsidR="00020881" w:rsidRPr="00D74165" w:rsidRDefault="00020881" w:rsidP="00D74165">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D74165">
@@ -1272,121 +1224,122 @@
     <w:p w14:paraId="673C5974" w14:textId="441BB159" w:rsidR="0025716D" w:rsidRDefault="00D74165" w:rsidP="00020881">
       <w:r>
         <w:t>Date:  ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA22782" w14:textId="77777777" w:rsidR="0025716D" w:rsidRDefault="0025716D" w:rsidP="00020881"/>
     <w:p w14:paraId="75430C75" w14:textId="6366B341" w:rsidR="0025716D" w:rsidRPr="00020881" w:rsidRDefault="0025716D" w:rsidP="00020881"/>
     <w:p w14:paraId="35BB5FA7" w14:textId="77777777" w:rsidR="00020881" w:rsidRPr="00020881" w:rsidRDefault="00020881" w:rsidP="00020881"/>
     <w:sectPr w:rsidR="00020881" w:rsidRPr="00020881" w:rsidSect="00805F59">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16DD0989" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="7BC09B67" w14:textId="77777777" w:rsidR="00E4329C" w:rsidRDefault="00E4329C" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41C7E3C7" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="2FA13FD1" w14:textId="77777777" w:rsidR="00E4329C" w:rsidRDefault="00E4329C" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PS"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="774CDE79" w14:textId="4B5C00B6" w:rsidR="009B04CB" w:rsidRDefault="0067042A" w:rsidP="009B04CB">
+  <w:p w14:paraId="774CDE79" w14:textId="4BDDBBE0" w:rsidR="009B04CB" w:rsidRDefault="0067042A" w:rsidP="009B04CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
@@ -1407,107 +1360,139 @@
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="009B04CB">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Form PEO- </w:t>
     </w:r>
     <w:r w:rsidR="00616A62">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>19</w:t>
     </w:r>
     <w:r w:rsidR="009B04CB">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (11/25)</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00C51EFF">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>(02/26</w:t>
+    </w:r>
+    <w:r w:rsidR="009B04CB">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5AFFC16A" w14:textId="77777777" w:rsidR="0067042A" w:rsidRDefault="0067042A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="750FD03C" w14:textId="0A885206" w:rsidR="0078250B" w:rsidRDefault="009B04CB" w:rsidP="0078250B">
+  <w:p w14:paraId="750FD03C" w14:textId="392050DD" w:rsidR="0078250B" w:rsidRDefault="009B04CB" w:rsidP="0078250B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Form PEO- </w:t>
     </w:r>
     <w:r w:rsidR="00616A62">
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>19</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="156082" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (11/25)</w:t>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00C51EFF">
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>02/26</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="156082" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01BBC08F" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="59AABD69" w14:textId="77777777" w:rsidR="00E4329C" w:rsidRDefault="00E4329C" w:rsidP="00267ED6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41D1F5EB" w14:textId="77777777" w:rsidR="00267ED6" w:rsidRDefault="00267ED6" w:rsidP="00267ED6">
+    <w:p w14:paraId="2B722DE6" w14:textId="77777777" w:rsidR="00E4329C" w:rsidRDefault="00E4329C" w:rsidP="00267ED6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E479FC6" w14:textId="77777777" w:rsidR="00137EB9" w:rsidRDefault="00CB602D" w:rsidP="00E7378E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7125"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="001444DE" wp14:editId="24A2AC6D">
@@ -5646,51 +5631,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1924992094">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="360"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267ED6"/>
     <w:rsid w:val="00016B90"/>
     <w:rsid w:val="00020881"/>
     <w:rsid w:val="000217DB"/>
     <w:rsid w:val="00022761"/>
     <w:rsid w:val="0008522D"/>
     <w:rsid w:val="00097484"/>
@@ -5744,169 +5729,174 @@
     <w:rsid w:val="0052085A"/>
     <w:rsid w:val="0053726C"/>
     <w:rsid w:val="00543C51"/>
     <w:rsid w:val="00557C0F"/>
     <w:rsid w:val="005825C8"/>
     <w:rsid w:val="005A19EE"/>
     <w:rsid w:val="005A4D8F"/>
     <w:rsid w:val="005B0306"/>
     <w:rsid w:val="005E161A"/>
     <w:rsid w:val="005E5B65"/>
     <w:rsid w:val="006008F6"/>
     <w:rsid w:val="0060655A"/>
     <w:rsid w:val="00606AB7"/>
     <w:rsid w:val="00616A62"/>
     <w:rsid w:val="00627D15"/>
     <w:rsid w:val="0064613F"/>
     <w:rsid w:val="00663244"/>
     <w:rsid w:val="0067042A"/>
     <w:rsid w:val="00684733"/>
     <w:rsid w:val="006867AE"/>
     <w:rsid w:val="006A3E91"/>
     <w:rsid w:val="006B4003"/>
     <w:rsid w:val="006B5BE0"/>
     <w:rsid w:val="006D1DAD"/>
     <w:rsid w:val="006D7725"/>
+    <w:rsid w:val="00725D27"/>
     <w:rsid w:val="00737AD0"/>
     <w:rsid w:val="0075332A"/>
     <w:rsid w:val="00757D03"/>
     <w:rsid w:val="007775BD"/>
     <w:rsid w:val="007815C5"/>
     <w:rsid w:val="0078250B"/>
     <w:rsid w:val="00786E39"/>
     <w:rsid w:val="00790B02"/>
     <w:rsid w:val="007A75DD"/>
     <w:rsid w:val="007C28C8"/>
     <w:rsid w:val="007D0C14"/>
     <w:rsid w:val="0080169F"/>
     <w:rsid w:val="00805307"/>
     <w:rsid w:val="00805F59"/>
     <w:rsid w:val="00826272"/>
     <w:rsid w:val="00831AD3"/>
     <w:rsid w:val="00864483"/>
     <w:rsid w:val="00870261"/>
     <w:rsid w:val="00875592"/>
     <w:rsid w:val="0087613C"/>
     <w:rsid w:val="00876662"/>
     <w:rsid w:val="00883557"/>
     <w:rsid w:val="00887CD7"/>
     <w:rsid w:val="008B542F"/>
     <w:rsid w:val="008D7868"/>
     <w:rsid w:val="008E4A91"/>
     <w:rsid w:val="008F6BF1"/>
     <w:rsid w:val="0091515B"/>
     <w:rsid w:val="0091735D"/>
     <w:rsid w:val="00930714"/>
     <w:rsid w:val="00937CB5"/>
     <w:rsid w:val="00962EB8"/>
     <w:rsid w:val="009B000A"/>
     <w:rsid w:val="009B04CB"/>
     <w:rsid w:val="009D6EC2"/>
     <w:rsid w:val="009F12BF"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A41FEB"/>
     <w:rsid w:val="00A519DC"/>
     <w:rsid w:val="00A53626"/>
     <w:rsid w:val="00A63DEF"/>
     <w:rsid w:val="00A63F9A"/>
     <w:rsid w:val="00A70A41"/>
     <w:rsid w:val="00AA299C"/>
+    <w:rsid w:val="00AC3EC1"/>
     <w:rsid w:val="00AE09E5"/>
     <w:rsid w:val="00AF1967"/>
     <w:rsid w:val="00AF28A8"/>
+    <w:rsid w:val="00AF6661"/>
     <w:rsid w:val="00B01594"/>
     <w:rsid w:val="00B059D9"/>
     <w:rsid w:val="00B22D58"/>
     <w:rsid w:val="00B3607B"/>
     <w:rsid w:val="00B368AB"/>
     <w:rsid w:val="00B50784"/>
     <w:rsid w:val="00B51F67"/>
     <w:rsid w:val="00B75C87"/>
     <w:rsid w:val="00B94707"/>
     <w:rsid w:val="00B96818"/>
     <w:rsid w:val="00BC0D17"/>
     <w:rsid w:val="00BC3D9C"/>
     <w:rsid w:val="00BD7540"/>
     <w:rsid w:val="00C02CF9"/>
     <w:rsid w:val="00C037C9"/>
     <w:rsid w:val="00C0432A"/>
     <w:rsid w:val="00C15211"/>
+    <w:rsid w:val="00C51EFF"/>
     <w:rsid w:val="00C52F50"/>
     <w:rsid w:val="00C53ED9"/>
     <w:rsid w:val="00C565B4"/>
     <w:rsid w:val="00CB602D"/>
     <w:rsid w:val="00CE679E"/>
     <w:rsid w:val="00CF497A"/>
     <w:rsid w:val="00D17CA5"/>
     <w:rsid w:val="00D555D0"/>
     <w:rsid w:val="00D74165"/>
     <w:rsid w:val="00D7443D"/>
     <w:rsid w:val="00D92DB9"/>
     <w:rsid w:val="00DE7E64"/>
     <w:rsid w:val="00E10271"/>
     <w:rsid w:val="00E3091C"/>
     <w:rsid w:val="00E42F99"/>
+    <w:rsid w:val="00E4329C"/>
     <w:rsid w:val="00E660B1"/>
     <w:rsid w:val="00E71DBB"/>
     <w:rsid w:val="00E7378E"/>
     <w:rsid w:val="00EB0028"/>
     <w:rsid w:val="00ED047F"/>
     <w:rsid w:val="00ED2123"/>
     <w:rsid w:val="00F21747"/>
     <w:rsid w:val="00F24BBF"/>
     <w:rsid w:val="00F2501F"/>
     <w:rsid w:val="00F31675"/>
     <w:rsid w:val="00F3654C"/>
     <w:rsid w:val="00F71206"/>
     <w:rsid w:val="00F72519"/>
     <w:rsid w:val="00F83AAB"/>
     <w:rsid w:val="00FA4CA1"/>
     <w:rsid w:val="00FB14A9"/>
     <w:rsid w:val="00FB4496"/>
     <w:rsid w:val="00FE7F53"/>
     <w:rsid w:val="00FF6814"/>
     <w:rsid w:val="00FF787B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="779B0732"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A1843CB-1DE5-4628-9F2F-71DCF8530F30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -6501,50 +6491,51 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00267ED6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DIVISION1">
     <w:name w:val="DIVISION1"/>
@@ -7750,69 +7741,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC93C1E-91FD-4D96-8184-3C461011AC0D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>759</Words>
-  <Characters>4328</Characters>
+  <Words>650</Words>
+  <Characters>4434</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5077</CharactersWithSpaces>
+  <CharactersWithSpaces>5025</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PERMIT TO ACCEPT DEPOSITS CCRC LICENSE APPLICATION STEP 3</dc:title>
   <dc:subject/>
   <dc:creator>Tripp, Trisha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>